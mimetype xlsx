--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -311,51 +311,51 @@
   <si>
     <t>#94 William White - RDE</t>
   </si>
   <si>
     <t>#65 Charles Keaton - LDE</t>
   </si>
   <si>
     <t>#92 Michael Stowe - LDE</t>
   </si>
   <si>
     <t>#49 Conrad Johnson - CB</t>
   </si>
   <si>
     <t>#73 John Mendoza - LDE</t>
   </si>
   <si>
     <t>#46 Darryl Folden - SS</t>
   </si>
   <si>
     <t>#64 Michael King - RT</t>
   </si>
   <si>
     <t>#39 Vincent Hillery - CB</t>
   </si>
   <si>
-    <t>#96 Justin Brumbaugh - WLB</t>
+    <t>#48 Justin Brumbaugh - WLB</t>
   </si>
   <si>
     <t>#9 Daniel Liller - K</t>
   </si>
   <si>
     <t>KCY</t>
   </si>
   <si>
     <t>KCY 25</t>
   </si>
   <si>
     <t>I Formation Normal FB Middle</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-KCY 25 (15:00) 10-Howard Graham pass Pass knocked down by 20-Mike McCarthy. incomplete, intended for 81-Lucas Potts.</t>
   </si>
   <si>
     <t>#10 Howard Graham - QB</t>
   </si>
   <si>
     <t>#37 Thomas Prickett - RB</t>
   </si>
@@ -404,87 +404,87 @@
   <si>
     <t>#27 Charles Weiner - CB</t>
   </si>
   <si>
     <t>#20 Mike McCarthy - CB</t>
   </si>
   <si>
     <t>#48 Mikel Lacour - FS</t>
   </si>
   <si>
     <t>#40 Gregory Castillo - SS</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Drag In</t>
   </si>
   <si>
     <t>Dime Normal 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-10-KCY 25 (14:58) 10-Howard Graham pass Pass knocked down by 20-Mike McCarthy. incomplete, intended for 16-Joseph Jones.</t>
   </si>
   <si>
-    <t>#16 Joseph Jones - WR</t>
+    <t>#82 Joseph Jones - WR</t>
   </si>
   <si>
     <t>14:53</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Dime Normal Double WR1</t>
   </si>
   <si>
     <t>3-10-KCY 25 (14:54) 37-Thomas Prickett ran to KCY 32 for 7 yards. Tackle by 54-Brian Silverberg.</t>
   </si>
   <si>
     <t>#36 Ruben Lopez - SS</t>
   </si>
   <si>
     <t>14:11</t>
   </si>
   <si>
     <t>KCY 32</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-3-KCY 32 (14:10) 11-Bruce Spencer punts 45 yards to MIA 23. Fair Catch by 47-Keith Napoli.</t>
   </si>
   <si>
     <t>#11 Bruce Spencer - P</t>
   </si>
   <si>
-    <t>#61 Brendan Porter - C</t>
+    <t>#58 Brendan Porter - C</t>
   </si>
   <si>
     <t>#47 Keith Napoli - RB</t>
   </si>
   <si>
     <t>#95 Greg Stanley - MLB</t>
   </si>
   <si>
     <t>#98 David Levinson - LDE</t>
   </si>
   <si>
     <t>#59 Daniel Sartin - RT</t>
   </si>
   <si>
     <t>#57 David Smith - RG</t>
   </si>
   <si>
     <t>#33 Steven Coffman - FB</t>
   </si>
   <si>
     <t>#58 Chris Barrett - RDE</t>
   </si>
   <si>
     <t>#51 Aaron Johnson - MLB</t>
   </si>
@@ -494,78 +494,78 @@
   <si>
     <t>14:03</t>
   </si>
   <si>
     <t>MIA 23</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-MIA 23 (14:04) 42-Matthew Ulmer ran to MIA 26 for 3 yards. Tackle by 65-Charles Keaton.</t>
   </si>
   <si>
     <t>#5 Tommy Arnold - QB</t>
   </si>
   <si>
     <t>#42 Matthew Ulmer - RB</t>
   </si>
   <si>
     <t>#86 Julius Watts - TE</t>
   </si>
   <si>
-    <t>#15 Peter Black - WR</t>
+    <t>#8 Peter Black - WR</t>
   </si>
   <si>
     <t>#14 Leroy Castillo - WR</t>
   </si>
   <si>
     <t>#11 David Cooper - WR</t>
   </si>
   <si>
-    <t>#70 George McCallum - LT</t>
-[...2 lines deleted...]
-    <t>#61 Kevin Guillory - C</t>
+    <t>#72 George McCallum - RT</t>
+  </si>
+  <si>
+    <t>#71 Kevin Guillory - LT</t>
   </si>
   <si>
     <t>#73 Michael Holmes - C</t>
   </si>
   <si>
     <t>#74 Theodore Clark - LT</t>
   </si>
   <si>
-    <t>#78 Victor Jandreau - RT</t>
+    <t>#61 Victor Jandreau - RG</t>
   </si>
   <si>
     <t>#56 Michael Dunn - DT</t>
   </si>
   <si>
-    <t>#93 Joe Sather - SLB</t>
+    <t>#52 Joe Sather - SLB</t>
   </si>
   <si>
     <t>#50 Kenny Kornegay - MLB</t>
   </si>
   <si>
     <t>#47 Jason Shelton - CB</t>
   </si>
   <si>
     <t>#31 Glen Speirs - CB</t>
   </si>
   <si>
     <t>13:22</t>
   </si>
   <si>
     <t>MIA 26</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>2-7-MIA 26 (13:21) 5-Tommy Arnold pass complete to 86-Julius Watts to MIA 35 for 9 yards. Tackle by 49-Conrad Johnson. 15-Peter Black missed that block completely.</t>
   </si>
@@ -587,60 +587,60 @@
   <si>
     <t>#21 Johnny Walls - RB</t>
   </si>
   <si>
     <t>12:04</t>
   </si>
   <si>
     <t>KCY 7</t>
   </si>
   <si>
     <t>Singleback Normal Quick Slant</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>1-7-KCY 7 (12:03) 5-Tommy Arnold pass complete to 47-Keith Napoli to KCY 6 for 1 yards. Tackle by 99-John Parente. Great move by 47-Keith Napoli to get free of his coverage.</t>
   </si>
   <si>
     <t>#80 Danny Nolette - TE</t>
   </si>
   <si>
     <t>#83 Robert Gomez - WR</t>
   </si>
   <si>
-    <t>#75 William Sasse - RT</t>
+    <t>#75 William Sasse - LT</t>
   </si>
   <si>
     <t>#99 Theodore Wolf - RDE</t>
   </si>
   <si>
     <t>#58 Tyrone Crews - MLB</t>
   </si>
   <si>
-    <t>#99 John Parente - MLB</t>
+    <t>#55 John Parente - MLB</t>
   </si>
   <si>
     <t>11:27</t>
   </si>
   <si>
     <t>KCY 6</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-6-KCY 6 (11:26) 5-Tommy Arnold pass complete to 80-Danny Nolette to KCY 0 for 6 yards. Tackle by 96-Justin Brumbaugh.</t>
   </si>
   <si>
     <t>10:50</t>
   </si>
   <si>
     <t>KCY 0</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
@@ -1304,51 +1304,51 @@
   <si>
     <t>0:44</t>
   </si>
   <si>
     <t>3-10-KCY 32 (0:45) 5-Tommy Arnold pass complete to 21-Johnny Walls to KCY 26 for 5 yards. Tackle by 31-Glen Speirs.</t>
   </si>
   <si>
     <t>0:12</t>
   </si>
   <si>
     <t>4-5-KCY 26 (0:11) 9-Daniel Liller 45 yard field goal is GOOD. MIA 6 KCY 7</t>
   </si>
   <si>
     <t>0:07</t>
   </si>
   <si>
     <t>(0:08) 9-Daniel Liller kicks 75 yards from MIA 35 to KCY -10. Touchback.</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>1-10-KCY 25 (0:08) 37-Thomas Prickett ran to KCY 32 for 7 yards. Tackle by 54-Brian Silverberg.</t>
   </si>
   <si>
-    <t>#85 Marco Brown - TE</t>
+    <t>#84 Marco Brown - TE</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 8-James Renaud kicks 74 yards from KCY 35 to MIA -9. Touchback.</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>1-10-MIA 25 (15:00) 5-Tommy Arnold pass complete to 11-David Cooper to KCY 48 for 27 yards. Tackle by 47-Jason Shelton. Pressure by 46-Darryl Folden. MIA 73-Michael Holmes was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>KCY 48</t>
   </si>
   <si>
     <t>1-10-KCY 48 (14:21) 5-Tommy Arnold pass Pass knocked down by 47-Jason Shelton. incomplete, intended for 14-Leroy Castillo. PENALTY - Pass Interference (KCY 47-Jason Shelton)</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
@@ -2276,51 +2276,51 @@
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="339.631" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>