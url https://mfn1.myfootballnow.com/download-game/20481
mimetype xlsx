--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -284,132 +284,132 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>NYA has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>LAA</t>
   </si>
   <si>
     <t>LAA 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Eric Wiggins kicks 75 yards from LAA 35 to NYA -10. Touchback.</t>
   </si>
   <si>
     <t>#40 Jose Hernandez - RB</t>
   </si>
   <si>
-    <t>#54 Thomas Lenihan - SLB</t>
+    <t>#57 Thomas Lenihan - SLB</t>
   </si>
   <si>
     <t>#88 Kyle Sloan - WR</t>
   </si>
   <si>
-    <t>#38 John Stewart - CB</t>
+    <t>#45 John Stewart - CB</t>
   </si>
   <si>
     <t>#50 James Ramirez - MLB</t>
   </si>
   <si>
     <t>#1 James Woodruff - CB</t>
   </si>
   <si>
     <t>#42 Thomas Burrow - CB</t>
   </si>
   <si>
     <t>#74 Chris Kushner - RDE</t>
   </si>
   <si>
     <t>#72 Donald Stjohn - LT</t>
   </si>
   <si>
     <t>#69 Michael Earl - RT</t>
   </si>
   <si>
-    <t>#41 Charles Wagner - WLB</t>
-[...2 lines deleted...]
-    <t>#3 Eric Wiggins - K</t>
+    <t>#51 Charles Wagner - WLB</t>
+  </si>
+  <si>
+    <t>#19 Eric Wiggins - K</t>
   </si>
   <si>
     <t>NYA</t>
   </si>
   <si>
     <t>NYA 25</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-NYA 25 (15:00) 10-Gregory Moran pass incomplete, dropped by 80-Charles Davis. Pressure by 92-Roberto Park.</t>
   </si>
   <si>
     <t>#10 Gregory Moran - QB</t>
   </si>
   <si>
     <t>#30 Gerald Bartholomew - FB</t>
   </si>
   <si>
     <t>#84 Brian Kucera - TE</t>
   </si>
   <si>
     <t>#80 Charles Davis - WR</t>
   </si>
   <si>
     <t>#89 David Rodriquez - WR</t>
   </si>
   <si>
     <t>#67 Robert Contreras - LG</t>
   </si>
   <si>
-    <t>#59 Michael Brandy - C</t>
+    <t>#59 Michael Brandy - RT</t>
   </si>
   <si>
     <t>#51 Brad Contreras - RG</t>
   </si>
   <si>
     <t>#54 Mike Jones - LDE</t>
   </si>
   <si>
-    <t>#77 Emery Cleveland - DT</t>
+    <t>#51 Emery Cleveland - DT</t>
   </si>
   <si>
     <t>#93 William Timm - DT</t>
   </si>
   <si>
-    <t>#92 Roberto Park - RDE</t>
+    <t>#99 Roberto Park - RDE</t>
   </si>
   <si>
     <t>#47 Vern Durst - SLB</t>
   </si>
   <si>
     <t>#58 Cornell Huynh - MLB</t>
   </si>
   <si>
     <t>#98 Michael Adair - WLB</t>
   </si>
   <si>
     <t>#36 Harold Webb - CB</t>
   </si>
   <si>
     <t>#46 Bobby Bier - CB</t>
   </si>
   <si>
     <t>#24 Gary Hickman - SS</t>
   </si>
   <si>
     <t>#23 Paul Johnson - CB</t>
   </si>
   <si>
     <t>14:53</t>
   </si>
@@ -452,123 +452,123 @@
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-10-LAA 49 (13:32) 10-Gregory Moran pass complete to 81-Ray Palmer to LAA 39 for 11 yards. Tackle by 36-Harold Webb.</t>
   </si>
   <si>
     <t>12:58</t>
   </si>
   <si>
     <t>LAA 39</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-LAA 39 (12:57) 40-Jose Hernandez ran to LAA 31 for 7 yards. Tackle by 24-Gary Hickman.</t>
   </si>
   <si>
-    <t>#25 Steven Bennett - RB</t>
+    <t>#25 Steven Bennett - TE</t>
   </si>
   <si>
     <t>#75 Ralph Jelks - LDE</t>
   </si>
   <si>
     <t>12:24</t>
   </si>
   <si>
     <t>LAA 31</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>2-3-LAA 31 (12:23) 25-Steven Bennett ran to LAA 28 for 4 yards. Tackle by 39-John Schoch.</t>
   </si>
   <si>
-    <t>#99 Lawrence Chandler - MLB</t>
+    <t>#51 Lawrence Chandler - MLB</t>
   </si>
   <si>
     <t>11:47</t>
   </si>
   <si>
     <t>LAA 28</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-LAA 28 (11:46) 25-Steven Bennett ran to LAA 16 for 12 yards. Tackle by 23-Paul Johnson.</t>
   </si>
   <si>
     <t>11:08</t>
   </si>
   <si>
     <t>LAA 16</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>1-10-LAA 16 (11:07) PENALTY - False Start (NYA 72-Donald Stjohn)</t>
   </si>
   <si>
     <t>11:06</t>
   </si>
   <si>
     <t>LAA 21</t>
   </si>
   <si>
     <t>Strong I Normal FB Trap Weak</t>
   </si>
   <si>
     <t>1-15-LAA 21 (11:07) 30-Gerald Bartholomew ran to LAA 21 for a short loss. Tackle by 23-Paul Johnson. NYA 59-Michael Brandy was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>10:24</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>2-15-LAA 21 (10:23) 10-Gregory Moran pass Pass knocked down by 23-Paul Johnson. incomplete, intended for 84-Brian Kucera.</t>
   </si>
   <si>
-    <t>#66 Harold Jackson - RT</t>
+    <t>#66 Harold Jackson - LT</t>
   </si>
   <si>
     <t>10:19</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>3-15-LAA 21 (10:20) 10-Gregory Moran pass Pass knocked down by 47-Vern Durst. incomplete, intended for 81-Ray Palmer. Pressure by 23-Paul Johnson.</t>
   </si>
   <si>
     <t>#73 Travis Miller - LT</t>
   </si>
   <si>
     <t>10:15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-15-LAA 21 (10:16) 5-David Schwartz 40 yard field goal is GOOD. LAA 0 NYA 3</t>
   </si>
@@ -671,51 +671,51 @@
   <si>
     <t>#39 Theron Goodwin - FS</t>
   </si>
   <si>
     <t>9:34</t>
   </si>
   <si>
     <t>LAA 34</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-1-LAA 34 (9:33) 48-John Wolf ran to LAA 40 for 6 yards. Tackle by 21-William Lachance.</t>
   </si>
   <si>
     <t>#31 Raymond Lynch - FB</t>
   </si>
   <si>
     <t>#43 Johnnie Phillips - FB</t>
   </si>
   <si>
-    <t>#86 Jeffery Hufford - TE</t>
+    <t>#89 Jeffery Hufford - TE</t>
   </si>
   <si>
     <t>#62 John Maurer - DT</t>
   </si>
   <si>
     <t>8:49</t>
   </si>
   <si>
     <t>LAA 40</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>1-10-LAA 40 (8:48) 7-Jonathan Harrison pass complete to 43-Johnnie Phillips to LAA 48 for 8 yards. 43-Johnnie Phillips FUMBLES (27-Eric Jones) recovered by LAA-63-Stephan Kovach at LAA 48. Tackle by 21-William Lachance.</t>
   </si>
   <si>
     <t>8:13</t>
   </si>
   <si>
     <t>LAA 48</t>
   </si>
@@ -761,78 +761,78 @@
   <si>
     <t>#42 John Mullins - RB</t>
   </si>
   <si>
     <t>6:18</t>
   </si>
   <si>
     <t>NYA 32</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>1-10-NYA 32 (6:17) 38-Lanny Melton ran to NYA 31 for 2 yards. Tackle by 97-Edward Dominguez. NYA 71-Ralph Roberts was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:37</t>
   </si>
   <si>
     <t>NYA 31</t>
   </si>
   <si>
     <t>2-8-NYA 31 (5:36) 42-John Mullins ran to NYA 20 for 10 yards. Tackle by 48-Andrew Hood.</t>
   </si>
   <si>
-    <t>#48 Andrew Hood - SS</t>
+    <t>#69 Andrew Hood - LDE</t>
   </si>
   <si>
     <t>4:57</t>
   </si>
   <si>
     <t>NYA 20</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-NYA 20 (4:56) 7-Jonathan Harrison pass complete to 84-Maurice Williams to NYA 8 for 12 yards. Tackle by 29-Randy Kramer. Nice job by 84-Maurice Williams on that route to lose his coverage.</t>
   </si>
   <si>
     <t>4:14</t>
   </si>
   <si>
     <t>NYA 8</t>
   </si>
   <si>
     <t>1-8-NYA 8 (4:13) 38-Lanny Melton ran to NYA 2 for 6 yards. Tackle by 48-Andrew Hood.</t>
   </si>
   <si>
-    <t>#33 Ronald McDaniels - SS</t>
+    <t>#25 Ronald McDaniels - SS</t>
   </si>
   <si>
     <t>3:31</t>
   </si>
   <si>
     <t>NYA 2</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>2-2-NYA 2 (3:30) 7-Jonathan Harrison pass Pass knocked down by 41-Charles Wagner. incomplete, intended for 84-Maurice Williams.</t>
   </si>
   <si>
     <t>3:27</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
@@ -2152,51 +2152,51 @@
     <col min="24" max="24" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>