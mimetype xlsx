--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -293,51 +293,51 @@
   <si>
     <t>CLE 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 15-Timothy Magee kicks 75 yards from CLE 35 to BAL -10. Touchback.</t>
   </si>
   <si>
     <t>#18 Marvin Allen - WR</t>
   </si>
   <si>
     <t>#98 Long Whaley - LDE</t>
   </si>
   <si>
     <t>#99 William Myrick - SLB</t>
   </si>
   <si>
     <t>#66 Andrew Bouton - RDE</t>
   </si>
   <si>
-    <t>#49 Louie Long - CB</t>
+    <t>#39 Louie Long - CB</t>
   </si>
   <si>
     <t>#92 Kyle Koch - MLB</t>
   </si>
   <si>
     <t>#37 William Ong - FS</t>
   </si>
   <si>
     <t>#90 Matthew Gatewood - DT</t>
   </si>
   <si>
     <t>#95 Manuel Jaramillo - SLB</t>
   </si>
   <si>
     <t>#58 Justin Norris - WLB</t>
   </si>
   <si>
     <t>#29 Adam Moore - CB</t>
   </si>
   <si>
     <t>#15 Timothy Magee - K</t>
   </si>
   <si>
     <t>BAL</t>
   </si>
@@ -365,51 +365,51 @@
   <si>
     <t>#86 William Love - TE</t>
   </si>
   <si>
     <t>#19 Clinton Moses - WR</t>
   </si>
   <si>
     <t>#73 Micheal Nelsen - LT</t>
   </si>
   <si>
     <t>#74 Alberto Tynes - LG</t>
   </si>
   <si>
     <t>#71 John Metz - C</t>
   </si>
   <si>
     <t>#60 Eddie Bright - RG</t>
   </si>
   <si>
     <t>#67 Eddie Doherty - RT</t>
   </si>
   <si>
     <t>#97 Steve Stout - LDE</t>
   </si>
   <si>
-    <t>#75 Ronald Outland - DT</t>
+    <t>#59 Ronald Outland - DT</t>
   </si>
   <si>
     <t>#50 John Landry - DT</t>
   </si>
   <si>
     <t>#62 Shane Frakes - RDE</t>
   </si>
   <si>
     <t>#54 Lawrence Stevens - SLB</t>
   </si>
   <si>
     <t>#37 Shane Jamison - MLB</t>
   </si>
   <si>
     <t>#90 Emil Richardson - WLB</t>
   </si>
   <si>
     <t>#31 Jess Gardner - CB</t>
   </si>
   <si>
     <t>#29 Marshall Roberson - CB</t>
   </si>
   <si>
     <t>#26 William Adames - CB</t>
   </si>
@@ -455,159 +455,159 @@
   <si>
     <t>4-10-BAL 25 (14:53) 13-Samuel Owens punts 45 yards to CLE 30. 33-Carl Bennett to CLE 38 for 9 yards. Tackle by 91-Robert Ross.</t>
   </si>
   <si>
     <t>#13 Samuel Owens - P</t>
   </si>
   <si>
     <t>#91 Robert Ross - LDE</t>
   </si>
   <si>
     <t>#33 Carl Bennett - RB</t>
   </si>
   <si>
     <t>#83 Roy Larios - WR</t>
   </si>
   <si>
     <t>#93 Michael McPhee - WLB</t>
   </si>
   <si>
     <t>#87 Jerry Pearson - WR</t>
   </si>
   <si>
     <t>#10 Nathan Barker - WR</t>
   </si>
   <si>
-    <t>#13 Stephen Kotter - WR</t>
+    <t>#83 Stephen Kotter - WR</t>
   </si>
   <si>
     <t>#71 Carl Flynn - SLB</t>
   </si>
   <si>
-    <t>#70 Emil Demoss - DT</t>
+    <t>#79 Emil Demoss - DT</t>
   </si>
   <si>
     <t>#56 Ronald Davis - LG</t>
   </si>
   <si>
     <t>#78 Russell Washington - RDE</t>
   </si>
   <si>
     <t>14:43</t>
   </si>
   <si>
     <t>CLE 38</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>1-10-CLE 38 (14:44) 4-Sang Wilson pass complete to 80-Justin Whitley to BAL 34 for 28 yards. Tackle by 92-Kyle Koch.</t>
   </si>
   <si>
     <t>#4 Sang Wilson - QB</t>
   </si>
   <si>
     <t>#43 Howard Dyson - FB</t>
   </si>
   <si>
-    <t>#80 Justin Whitley - FB</t>
+    <t>#80 Justin Whitley - C</t>
   </si>
   <si>
     <t>#17 Micah Moore - WR</t>
   </si>
   <si>
     <t>#52 Foster Wyatt - LT</t>
   </si>
   <si>
     <t>#67 Michael Dominguez - LG</t>
   </si>
   <si>
-    <t>#64 William Smith - C</t>
+    <t>#66 William Smith - C</t>
   </si>
   <si>
     <t>#63 Clark Gonzalez - RG</t>
   </si>
   <si>
     <t>#70 Horace Glenn - RT</t>
   </si>
   <si>
     <t>#36 William Jacobs - SS</t>
   </si>
   <si>
     <t>14:06</t>
   </si>
   <si>
     <t>BAL 34</t>
   </si>
   <si>
     <t>Strong I Normal Quick Hooks</t>
   </si>
   <si>
     <t>1-10-BAL 34 (14:05) 4-Sang Wilson pass complete to 13-Stephen Kotter to BAL 31 for 2 yards. Tackle by 49-Louie Long.</t>
   </si>
   <si>
-    <t>#85 Richard Cole - FB</t>
+    <t>#85 Richard Cole - TE</t>
   </si>
   <si>
     <t>13:28</t>
   </si>
   <si>
     <t>BAL 31</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR Quick Out</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-8-BAL 31 (13:27) 4-Sang Wilson pass complete to 43-Howard Dyson to BAL 15 for 16 yards. Tackle by 29-Adam Moore.</t>
   </si>
   <si>
     <t>#35 Robert Beers - CB</t>
   </si>
   <si>
     <t>12:47</t>
   </si>
   <si>
     <t>BAL 15</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-BAL 15 (12:46) 33-Carl Bennett ran to BAL 13 for 2 yards. Tackle by 90-Matthew Gatewood. BAL 95-Manuel Jaramillo was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#83 John Bingham - FB</t>
+    <t>#82 John Bingham - TE</t>
   </si>
   <si>
     <t>12:10</t>
   </si>
   <si>
     <t>BAL 13</t>
   </si>
   <si>
     <t>2-8-BAL 13 (12:09) 4-Sang Wilson pass complete to 10-Nathan Barker to BAL 10 for 3 yards. Tackle by 29-Adam Moore.</t>
   </si>
   <si>
     <t>#96 Paul Wu - WLB</t>
   </si>
   <si>
     <t>11:29</t>
   </si>
   <si>
     <t>BAL 10</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Corner Post</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
@@ -860,51 +860,51 @@
   <si>
     <t>2-5-BAL 23 (4:27) 33-Carl Bennett ran for 23 yards. TOUCHDOWN! CLE 20 BAL 0</t>
   </si>
   <si>
     <t>4:20</t>
   </si>
   <si>
     <t>(4:21) Extra point GOOD by 15-Timothy Magee. CLE 21 BAL 0</t>
   </si>
   <si>
     <t>(4:21) 15-Timothy Magee kicks 75 yards from CLE 35 to BAL -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-BAL 25 (4:21) 16-Ronnie Pepin pass incomplete, dropped by 19-Clinton Moses.</t>
   </si>
   <si>
     <t>4:18</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>2-10-BAL 25 (4:19) 46-Christopher Tyson ran to BAL 30 for 5 yards. Tackle by 29-Marshall Roberson.</t>
   </si>
   <si>
-    <t>#30 Richard Mulholland - RB</t>
+    <t>#38 Richard Mulholland - RB</t>
   </si>
   <si>
     <t>3:40</t>
   </si>
   <si>
     <t>BAL 30</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>3-5-BAL 30 (3:39) 16-Ronnie Pepin pass Pass knocked down by 26-William Adames. incomplete, intended for 46-Christopher Tyson. Pressure by 50-John Landry.</t>
   </si>
   <si>
     <t>3:34</t>
   </si>
   <si>
     <t>4-5-BAL 30 (3:35) 13-Samuel Owens punts 46 yards to CLE 23. 33-Carl Bennett to CLE 32 for 8 yards. Tackle by 90-Matthew Gatewood.</t>
   </si>
   <si>
     <t>3:25</t>
   </si>
   <si>
     <t>CLE 32</t>
   </si>
@@ -1037,51 +1037,51 @@
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>1-10-BAL 25 (1:16) 46-Christopher Tyson ran to BAL 26 for 1 yards. Tackle by 54-Lawrence Stevens.</t>
   </si>
   <si>
     <t>0:40</t>
   </si>
   <si>
     <t>BAL 26</t>
   </si>
   <si>
     <t>2-9-BAL 26 (0:39) 46-Christopher Tyson ran to BAL 27 for 1 yards. Tackle by 50-John Landry. CLE 50-John Landry was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>0:04</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>3-8-BAL 27 (0:03) 16-Ronnie Pepin sacked at BAL 20 for -7 yards (62-Shane Frakes). Sack allowed by 73-Micheal Nelsen. 16-Ronnie Pepin FUMBLES (62-Shane Frakes) recovered by CLE-75-Ronald Outland to BAL 19 for 1 yards. BAL 74-Alberto Tynes was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#53 Austin Tanner - DT</t>
+    <t>#76 Austin Tanner - DT</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>BAL 19</t>
   </si>
   <si>
     <t>1-10-BAL 19 (15:00) 33-Carl Bennett ran to BAL 16 for 3 yards. Tackle by 35-Robert Beers.</t>
   </si>
   <si>
     <t>#31 Richard Francisco - FS</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>BAL 16</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
@@ -2421,51 +2421,51 @@
   <dimension ref="A1:CD204"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="362.054" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
@@ -2473,52 +2473,52 @@
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="70" max="70" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="24.708" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>