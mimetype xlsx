--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -290,177 +290,177 @@
   <si>
     <t>BUF</t>
   </si>
   <si>
     <t>BUF 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-Steven Levasseur kicks 70 yards from BUF 35 to CIN -5. Touchback.</t>
   </si>
   <si>
     <t>#40 George Hanson - RB</t>
   </si>
   <si>
     <t>#95 Eric Anderson - MLB</t>
   </si>
   <si>
     <t>#48 Dennis Moore - FS</t>
   </si>
   <si>
-    <t>#27 Paul Dixson - CB</t>
+    <t>#37 Paul Dixson - FS</t>
   </si>
   <si>
     <t>#64 Jose Schaper - LDE</t>
   </si>
   <si>
     <t>#53 Harold Jones - WLB</t>
   </si>
   <si>
-    <t>#20 Jerry Smith - CB</t>
+    <t>#39 Jerry Smith - CB</t>
   </si>
   <si>
     <t>#55 Harry Johnson - SLB</t>
   </si>
   <si>
     <t>#93 Christopher Soza - MLB</t>
   </si>
   <si>
     <t>#92 Frank Pettie - WLB</t>
   </si>
   <si>
     <t>#65 Robert Brown - LDE</t>
   </si>
   <si>
     <t>#7 Steven Levasseur - K</t>
   </si>
   <si>
     <t>CIN</t>
   </si>
   <si>
     <t>CIN 25</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-CIN 25 (15:00) 9-Matthew Kiser pass complete to 23-Garret Tingle to CIN 27 for 2 yards. Tackle by 93-Edwin Quezada.</t>
   </si>
   <si>
     <t>#9 Matthew Kiser - QB</t>
   </si>
   <si>
-    <t>#23 Garret Tingle - FB</t>
+    <t>#39 Garret Tingle - FB</t>
   </si>
   <si>
     <t>#83 Raymond Hansen - TE</t>
   </si>
   <si>
     <t>#80 Stephan Wilson - WR</t>
   </si>
   <si>
     <t>#10 Robert Johnson - WR</t>
   </si>
   <si>
     <t>#69 Lewis Varney - LT</t>
   </si>
   <si>
     <t>#68 Stuart Beck - LG</t>
   </si>
   <si>
     <t>#79 Raymond Griffin - C</t>
   </si>
   <si>
-    <t>#59 James Richardson - RG</t>
+    <t>#68 James Richardson - RG</t>
   </si>
   <si>
     <t>#66 Brandon Hagood - RT</t>
   </si>
   <si>
-    <t>#73 Donald Munoz - LDE</t>
-[...2 lines deleted...]
-    <t>#62 Bradley Booker - DT</t>
+    <t>#90 Donald Munoz - LDE</t>
+  </si>
+  <si>
+    <t>#54 Bradley Booker - DT</t>
   </si>
   <si>
     <t>#96 Daniel Rosas - DT</t>
   </si>
   <si>
     <t>#76 Jose Huffman - RDE</t>
   </si>
   <si>
     <t>#93 Edwin Quezada - SLB</t>
   </si>
   <si>
-    <t>#55 James Glade - MLB</t>
-[...2 lines deleted...]
-    <t>#53 Jack Harris - WLB</t>
+    <t>#54 James Glade - MLB</t>
+  </si>
+  <si>
+    <t>#43 Jack Harris - MLB</t>
   </si>
   <si>
     <t>#22 Richard Lewis - CB</t>
   </si>
   <si>
-    <t>#42 John Dearborn - CB</t>
+    <t>#27 John Dearborn - CB</t>
   </si>
   <si>
     <t>#37 Rafael Calloway - SS</t>
   </si>
   <si>
     <t>#38 William Johnson - FS</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>CIN 27</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-8-CIN 27 (14:22) 40-George Hanson ran to CIN 30 for 3 yards. Tackle by 55-James Glade.</t>
   </si>
   <si>
-    <t>#38 Chad Wise - RB</t>
-[...5 lines deleted...]
-    <t>#72 Jason Long - DT</t>
+    <t>#5 Chad Wise - RB</t>
+  </si>
+  <si>
+    <t>#82 Mark Dean - WR</t>
+  </si>
+  <si>
+    <t>#72 Jason Long - LDE</t>
   </si>
   <si>
     <t>13:44</t>
   </si>
   <si>
     <t>CIN 30</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>3-5-CIN 30 (13:43) 9-Matthew Kiser pass complete to 40-George Hanson to CIN 37 for 7 yards. Tackle by 22-Richard Lewis. 40-George Hanson breaks down the CB.</t>
   </si>
   <si>
     <t>#88 Dale Howe - WR</t>
   </si>
   <si>
     <t>#26 James Adams - CB</t>
   </si>
   <si>
     <t>13:01</t>
   </si>
@@ -476,114 +476,114 @@
   <si>
     <t>1-10-CIN 37 (13:00) 9-Matthew Kiser pass INTERCEPTED by 55-James Glade at BUF 47. 55-James Glade to BUF 47 for -0 yards. Tackle by 88-Dale Howe. Pressure by 73-Donald Munoz. 55-James Glade got away with a hold on that play.</t>
   </si>
   <si>
     <t>12:54</t>
   </si>
   <si>
     <t>BUF 47</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>1-10-BUF 47 (12:55) 25-William McCall ran to CIN 43 for 10 yards. Tackle by 35-Robert Miller. CIN 70-Fred Evans was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#6 Terry Leiser - QB</t>
   </si>
   <si>
     <t>#25 William McCall - RB</t>
   </si>
   <si>
     <t>#85 Kurt Santana - TE</t>
   </si>
   <si>
-    <t>#82 Sean Taylor - WR</t>
+    <t>#19 Sean Taylor - WR</t>
   </si>
   <si>
     <t>#12 John Sargent - WR</t>
   </si>
   <si>
     <t>#19 Robert Mitchell - WR</t>
   </si>
   <si>
     <t>#57 Jason Campbell - RG</t>
   </si>
   <si>
     <t>#75 Robert Crawford - LG</t>
   </si>
   <si>
     <t>#70 Ellis Escobedo - C</t>
   </si>
   <si>
-    <t>#50 Peter Keenan - RT</t>
+    <t>#50 Peter Keenan - RG</t>
   </si>
   <si>
     <t>#65 Jerry Easterling - RT</t>
   </si>
   <si>
     <t>#70 Fred Evans - DT</t>
   </si>
   <si>
-    <t>#67 Patrick Kelly - DT</t>
+    <t>#57 Patrick Kelly - DT</t>
   </si>
   <si>
     <t>#97 James Parkinson - LDE</t>
   </si>
   <si>
     <t>#44 Dennis Mears - CB</t>
   </si>
   <si>
-    <t>#35 Robert Miller - CB</t>
+    <t>#40 Robert Miller - SLB</t>
   </si>
   <si>
     <t>12:19</t>
   </si>
   <si>
     <t>CIN 43</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle</t>
   </si>
   <si>
     <t>1-10-CIN 43 (12:18) 6-Terry Leiser pass complete to 85-Kurt Santana to CIN 34 for 9 yards. Tackle by 90-Ramon Lopez.</t>
   </si>
   <si>
-    <t>#41 John Tarrant - FB</t>
+    <t>#62 John Tarrant - RG</t>
   </si>
   <si>
     <t>#30 Douglas Jones - RT</t>
   </si>
   <si>
     <t>#77 Kevin Soria - DT</t>
   </si>
   <si>
-    <t>#90 Ramon Lopez - SLB</t>
+    <t>#51 Ramon Lopez - SLB</t>
   </si>
   <si>
     <t>11:42</t>
   </si>
   <si>
     <t>CIN 34</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>2-1-CIN 34 (11:41) 25-William McCall ran to CIN 35 for -1 yards. Tackle by 20-Jerry Smith.</t>
   </si>
   <si>
     <t>11:04</t>
   </si>
   <si>
     <t>CIN 35</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
@@ -755,51 +755,51 @@
   <si>
     <t>#36 Raul Carter - RB</t>
   </si>
   <si>
     <t>#42 Hector Debnam - RB</t>
   </si>
   <si>
     <t>#87 Jerry Jimenez - TE</t>
   </si>
   <si>
     <t>4:09</t>
   </si>
   <si>
     <t>BUF 49</t>
   </si>
   <si>
     <t>Singleback Big Waggle Post</t>
   </si>
   <si>
     <t>3-4 Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-11-BUF 49 (4:08) 6-Terry Leiser pass complete to 25-William McCall to CIN 19 for 32 yards. PENALTY - Holding (BUF 70-Ellis Escobedo)</t>
   </si>
   <si>
-    <t>#51 Charles Bailey - MLB</t>
+    <t>#55 Charles Bailey - MLB</t>
   </si>
   <si>
     <t>3:59</t>
   </si>
   <si>
     <t>BUF 39</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>3-4 Normal 4 Deep Zone</t>
   </si>
   <si>
     <t>2-21-BUF 39 (4:00) 6-Terry Leiser pass incomplete, intended for 19-Robert Mitchell.</t>
   </si>
   <si>
     <t>#33 Robert Saddler - CB</t>
   </si>
   <si>
     <t>3:56</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
@@ -881,54 +881,54 @@
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>3-5-BUF 20 (0:52) 23-Garret Tingle ran to BUF 20 for a short gain. Tackle by 76-Jose Huffman.</t>
   </si>
   <si>
     <t>0:14</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-5-BUF 20 (0:13) 1-William Godfrey 38 yard field goal is NO GOOD. (Wide Right)</t>
   </si>
   <si>
     <t>#1 William Godfrey - K</t>
   </si>
   <si>
-    <t>#58 Charlie Otis - MLB</t>
-[...2 lines deleted...]
-    <t>#90 Phillip Chandler - MLB</t>
+    <t>#91 Charlie Otis - MLB</t>
+  </si>
+  <si>
+    <t>#1 Phillip Chandler - SLB</t>
   </si>
   <si>
     <t>#98 Shane Noe - WLB</t>
   </si>
   <si>
     <t>0:09</t>
   </si>
   <si>
     <t>BUF 27</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>1-10-BUF 27 (0:10) 6-Terry Leiser pass complete to 87-Jerry Jimenez to BUF 39 for 11 yards. Tackle by 27-Paul Dixson.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
@@ -1826,51 +1826,51 @@
   <si>
     <t>3-1-BUF 32 (1:40) 6-Terry Leiser pass complete to 12-John Sargent to BUF 38 for 7 yards. Tackle by 20-Jerry Smith.</t>
   </si>
   <si>
     <t>1:17</t>
   </si>
   <si>
     <t>1-10-BUF 38 (1:16) 6-Terry Leiser pass complete to 41-John Tarrant to BUF 42 for 4 yards. Tackle by 90-Ramon Lopez.</t>
   </si>
   <si>
     <t>0:52</t>
   </si>
   <si>
     <t>2-6-BUF 42 (0:51) 6-Terry Leiser pass complete to 85-Kurt Santana to CIN 30 for 28 yards. Tackle by 90-Ramon Lopez.</t>
   </si>
   <si>
     <t>1-10-CIN 30 (0:24) 6-Terry Leiser pass incomplete, dropped by 87-Jerry Jimenez.</t>
   </si>
   <si>
     <t>0:20</t>
   </si>
   <si>
     <t>2-10-CIN 30 (0:21) 6-Terry Leiser pass complete to 87-Jerry Jimenez to CIN 19 for 11 yards. Tackle by 33-Robert Saddler.</t>
   </si>
   <si>
-    <t>#89 Jose Sanches - TE</t>
+    <t>#77 Jose Sanches - LG</t>
   </si>
   <si>
     <t>End of fourth quarter.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -2224,93 +2224,93 @@
     <col min="15" max="15" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="82" max="82" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">