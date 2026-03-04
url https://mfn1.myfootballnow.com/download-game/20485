--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -368,66 +368,66 @@
   <si>
     <t>#85 Joseph Roberts - WR</t>
   </si>
   <si>
     <t>#13 Andrew Hopkins - WR</t>
   </si>
   <si>
     <t>#68 William Holmes - LT</t>
   </si>
   <si>
     <t>#64 Larry Wilson - LG</t>
   </si>
   <si>
     <t>#53 Lee Thomas - C</t>
   </si>
   <si>
     <t>#50 Michael Flores - RG</t>
   </si>
   <si>
     <t>#52 Joseph Hicks - RT</t>
   </si>
   <si>
     <t>#75 David Powell - LDE</t>
   </si>
   <si>
-    <t>#98 Marion Chatterton - DT</t>
+    <t>#53 Marion Chatterton - DT</t>
   </si>
   <si>
     <t>#77 John Allen - DT</t>
   </si>
   <si>
     <t>#96 Howard Dark - RDE</t>
   </si>
   <si>
     <t>#50 Gus Cate - SLB</t>
   </si>
   <si>
     <t>#53 Roger Price - MLB</t>
   </si>
   <si>
-    <t>#51 Andrew Turner - WLB</t>
+    <t>#41 Andrew Turner - WLB</t>
   </si>
   <si>
     <t>#25 Patrick Chavez - CB</t>
   </si>
   <si>
     <t>#29 Carlos Hanks - CB</t>
   </si>
   <si>
     <t>#47 Tristan Herman - SS</t>
   </si>
   <si>
     <t>#27 Stephen Martin - FS</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>2-10-ARZ 25 (14:58) 6-Darryl Holley sacked at ARZ 18 for -7 yards (75-David Powell). Sack allowed by 52-Joseph Hicks.</t>
   </si>
@@ -479,66 +479,66 @@
   <si>
     <t>#93 Jeff Miller - SLB</t>
   </si>
   <si>
     <t>13:31</t>
   </si>
   <si>
     <t>HOU 34</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle</t>
   </si>
   <si>
     <t>1-10-HOU 34 (13:32) 26-Timothy Dickerman ran to HOU 43 for 9 yards. Tackle by 43-William Hamilton.</t>
   </si>
   <si>
     <t>#5 Howard Ahmad - QB</t>
   </si>
   <si>
     <t>#26 Timothy Dickerman - RB</t>
   </si>
   <si>
-    <t>#44 David Ambrose - FB</t>
+    <t>#43 David Ambrose - FB</t>
   </si>
   <si>
     <t>#87 Anthony Ulrich - TE</t>
   </si>
   <si>
     <t>#15 Ernest Steele - WR</t>
   </si>
   <si>
     <t>#76 Tom Denson - LT</t>
   </si>
   <si>
     <t>#64 Paul Crandell - LG</t>
   </si>
   <si>
-    <t>#70 John Brown - C</t>
+    <t>#59 John Brown - C</t>
   </si>
   <si>
     <t>#65 Clifford Battin - RG</t>
   </si>
   <si>
     <t>#72 Vincent Jolly - RT</t>
   </si>
   <si>
     <t>#99 Raymond Mackin - LDE</t>
   </si>
   <si>
     <t>#92 James Moore - RDE</t>
   </si>
   <si>
     <t>#98 Luis Elder - WLB</t>
   </si>
   <si>
     <t>#47 Richard Young - CB</t>
   </si>
   <si>
     <t>#43 William Hamilton - CB</t>
   </si>
   <si>
     <t>12:49</t>
   </si>
@@ -560,90 +560,90 @@
   <si>
     <t>HOU 44</t>
   </si>
   <si>
     <t>4-3 Normal Cover 2 MLB Blitz</t>
   </si>
   <si>
     <t>3-1-HOU 44 (12:12) 5-Howard Ahmad pass complete to 87-Anthony Ulrich to ARZ 46 for 11 yards. Tackle by 43-William Hamilton.</t>
   </si>
   <si>
     <t>11:28</t>
   </si>
   <si>
     <t>ARZ 46</t>
   </si>
   <si>
     <t>I Formation Power Play Action Bomb</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-ARZ 46 (11:27) 5-Howard Ahmad pass Pass knocked down by 55-Charles Mauzy. incomplete, intended for 26-Timothy Dickerman.</t>
   </si>
   <si>
-    <t>#40 Eugene Andersen - FB</t>
+    <t>#34 Eugene Andersen - FB</t>
   </si>
   <si>
     <t>#74 William George - RDE</t>
   </si>
   <si>
     <t>#59 Michael Fulkerson - WLB</t>
   </si>
   <si>
     <t>11:21</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>2-10-ARZ 46 (11:22) 26-Timothy Dickerman ran to ARZ 41 for 4 yards. Tackle by 91-Philip Lowe.</t>
   </si>
   <si>
     <t>10:41</t>
   </si>
   <si>
     <t>ARZ 41</t>
   </si>
   <si>
     <t>3-6-ARZ 41 (10:40) 5-Howard Ahmad pass Pass knocked down by 96-Howard Schmidt. incomplete, intended for 26-Timothy Dickerman. Pressure by 69-Jimmy McKeown.</t>
   </si>
   <si>
     <t>10:34</t>
   </si>
   <si>
     <t>4-6-ARZ 41 (10:35) 14-Mathew Steffens punts 29 yards to ARZ 12. HOU 63-Bobby Watkins was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#14 Mathew Steffens - P</t>
   </si>
   <si>
     <t>#10 Frederick Lancaster - WR</t>
   </si>
   <si>
-    <t>#73 David Ross - RT</t>
+    <t>#70 David Ross - RT</t>
   </si>
   <si>
     <t>#63 Bobby Watkins - RG</t>
   </si>
   <si>
     <t>#60 Gerald Johnson - C</t>
   </si>
   <si>
     <t>#56 Ray Rhea - LG</t>
   </si>
   <si>
     <t>#79 Jeffrey Lauderdale - DT</t>
   </si>
   <si>
     <t>10:26</t>
   </si>
   <si>
     <t>ARZ 12</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>1-10-ARZ 12 (10:27) 21-Samuel Burke ran to ARZ 22 for 10 yards. Tackle by 27-Stephen Martin.</t>
   </si>
@@ -698,84 +698,84 @@
   <si>
     <t>HOU 36</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-10-HOU 36 (8:32) 5-Howard Ahmad pass complete to 44-David Ambrose to HOU 49 for 13 yards. Tackle by 91-Philip Lowe. 44-David Ambrose did some fancy footwork there. Pressure by 76-David Bailey.</t>
   </si>
   <si>
     <t>7:46</t>
   </si>
   <si>
     <t>HOU 49</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>1-10-HOU 49 (7:45) 5-Howard Ahmad pass complete to 87-Anthony Ulrich to ARZ 42 for 9 yards. Tackle by 43-William Hamilton. 87-Anthony Ulrich did some fancy footwork there.</t>
   </si>
   <si>
-    <t>#83 Stevie Manning - TE</t>
+    <t>#80 Stevie Manning - TE</t>
   </si>
   <si>
     <t>7:00</t>
   </si>
   <si>
     <t>ARZ 42</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>2-1-ARZ 42 (6:59) 5-Howard Ahmad pass complete to 26-Timothy Dickerman to ARZ 32 for 11 yards. Pushed out of bounds by 22-Steve Watson.</t>
   </si>
   <si>
     <t>6:23</t>
   </si>
   <si>
     <t>ARZ 32</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>1-10-ARZ 32 (6:22) 26-Timothy Dickerman ran to ARZ 32 for -1 yards. Tackle by 99-Raymond Mackin.</t>
   </si>
   <si>
-    <t>#17 Todd Ayers - WR</t>
+    <t>#87 Todd Ayers - WR</t>
   </si>
   <si>
     <t>5:43</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>2-11-ARZ 32 (5:42) 26-Timothy Dickerman ran to ARZ 31 for 2 yards. Tackle by 76-David Bailey. ARZ 69-Jimmy McKeown was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>4:59</t>
   </si>
   <si>
     <t>ARZ 31</t>
   </si>
   <si>
     <t>3-9-ARZ 31 (4:58) 5-Howard Ahmad pass complete to 26-Timothy Dickerman to ARZ 21 for 10 yards. Tackle by 22-Steve Watson. HOU 26-Timothy Dickerman was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>4:19</t>
   </si>
@@ -1754,51 +1754,51 @@
   <si>
     <t>1:53</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>1-10-ARZ 13 (1:54) 36-Edward Samuel ran for 13 yards. TOUCHDOWN! HOU 18 ARZ 0</t>
   </si>
   <si>
     <t>(1:50) Extra point GOOD by 19-Robert Davis. HOU 19 ARZ 0</t>
   </si>
   <si>
     <t>(1:50) 19-Robert Davis kicks 71 yards from HOU 35 to ARZ -6. 34-Mark Newton to ARZ 12 for 19 yards. Tackle by 27-Stephen Martin.</t>
   </si>
   <si>
     <t>1:46</t>
   </si>
   <si>
     <t>Strong I Normal HB Sweep Strong</t>
   </si>
   <si>
     <t>1-10-ARZ 12 (1:47) 21-Samuel Burke ran to ARZ 13 for 1 yards. Tackle by 53-Roger Price.</t>
   </si>
   <si>
-    <t>#43 Kermit Price - FS</t>
+    <t>#37 Kermit Price - CB</t>
   </si>
   <si>
     <t>1:23</t>
   </si>
   <si>
     <t>2-9-ARZ 13 (1:22) 6-Darryl Holley pass complete to 37-Jeffrey Anderson to ARZ 14 for 1 yards. Tackle by 50-Gus Cate. 37-Jeffrey Anderson made a great move on the CB. HOU 50-Gus Cate was injured on the play.</t>
   </si>
   <si>
     <t>1:03</t>
   </si>
   <si>
     <t>3-8-ARZ 14 (1:02) 6-Darryl Holley pass complete to 21-Samuel Burke to ARZ 16 for 2 yards. Tackle by 29-Carlos Hanks. HOU 77-John Allen was injured on the play.</t>
   </si>
   <si>
     <t>0:43</t>
   </si>
   <si>
     <t>ARZ 16</t>
   </si>
   <si>
     <t>4-6-ARZ 16 (0:42) PENALTY - False Start (ARZ 69-Jimmy McKeown)</t>
   </si>
   <si>
     <t>0:41</t>
   </si>