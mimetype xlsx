--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -290,150 +290,150 @@
   <si>
     <t>TBY</t>
   </si>
   <si>
     <t>TBY 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 13-Thomas Bennett kicks 75 yards from TBY 35 to SEA -10. Touchback.</t>
   </si>
   <si>
     <t>#28 James Moran - RB</t>
   </si>
   <si>
     <t>#74 Richard Goddard - DT</t>
   </si>
   <si>
     <t>#34 Robert Desir - CB</t>
   </si>
   <si>
-    <t>#96 Paul Burke - WLB</t>
+    <t>#55 Paul Burke - WLB</t>
   </si>
   <si>
     <t>#61 Lowell McCalla - RDE</t>
   </si>
   <si>
     <t>#95 Mark Hager - DT</t>
   </si>
   <si>
     <t>#97 Ron Main - SLB</t>
   </si>
   <si>
     <t>#57 James Reny - MLB</t>
   </si>
   <si>
-    <t>#59 John Nickelson - MLB</t>
+    <t>#92 John Nickelson - MLB</t>
   </si>
   <si>
     <t>#47 Raymond Green - SS</t>
   </si>
   <si>
     <t>#39 Jose Anderson - CB</t>
   </si>
   <si>
-    <t>#13 Thomas Bennett - K</t>
+    <t>#7 Thomas Bennett - K</t>
   </si>
   <si>
     <t>SEA</t>
   </si>
   <si>
     <t>SEA 25</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-SEA 25 (15:00) 10-Jonathan Olivarez pass Pass knocked down by 31-Shayne Perkins. incomplete, intended for 89-Marcus Barron.</t>
   </si>
   <si>
-    <t>#10 Jonathan Olivarez - QB</t>
+    <t>#12 Jonathan Olivarez - QB</t>
   </si>
   <si>
     <t>#23 Hollis Kropp - FB</t>
   </si>
   <si>
     <t>#89 Marcus Barron - WR</t>
   </si>
   <si>
     <t>#15 Michael Gregg - WR</t>
   </si>
   <si>
     <t>#87 Reed Baker - WR</t>
   </si>
   <si>
     <t>#52 Stephen Quam - LT</t>
   </si>
   <si>
     <t>#70 Gary Starks - RG</t>
   </si>
   <si>
     <t>#51 Charles Santos - C</t>
   </si>
   <si>
     <t>#69 Keith Coppage - RG</t>
   </si>
   <si>
-    <t>#76 Spencer Womack - RT</t>
+    <t>#61 Spencer Womack - RG</t>
   </si>
   <si>
     <t>#92 Thomas Marrs - RDE</t>
   </si>
   <si>
     <t>#96 John Jackson - DT</t>
   </si>
   <si>
     <t>#62 Willie Walker - RDE</t>
   </si>
   <si>
     <t>#74 Lawerence Garcia - SLB</t>
   </si>
   <si>
     <t>#53 Anthony Sipple - MLB</t>
   </si>
   <si>
     <t>#96 Odell Smith - WLB</t>
   </si>
   <si>
     <t>#31 Shayne Perkins - CB</t>
   </si>
   <si>
     <t>#40 David Jones - CB</t>
   </si>
   <si>
     <t>#31 Lawrence Miller - CB</t>
   </si>
   <si>
-    <t>#32 Charlie Ramirez - FS</t>
+    <t>#26 Charlie Ramirez - FS</t>
   </si>
   <si>
     <t>#30 Anthony Padilla - FS</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>2-10-SEA 25 (14:58) 10-Jonathan Olivarez pass complete to 23-Hollis Kropp to SEA 27 for 2 yards. Tackle by 31-Shayne Perkins.</t>
   </si>
   <si>
     <t>#85 Michael Mims - TE</t>
   </si>
   <si>
     <t>#65 John Thomas - DT</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
@@ -530,51 +530,51 @@
   <si>
     <t>#12 Paul McMillan - WR</t>
   </si>
   <si>
     <t>#66 Jonathan Haynes - LT</t>
   </si>
   <si>
     <t>#70 Keith Bullins - LG</t>
   </si>
   <si>
     <t>#75 Martin Carney - C</t>
   </si>
   <si>
     <t>#77 Leon Oshea - RG</t>
   </si>
   <si>
     <t>#67 Carlos Medina - RT</t>
   </si>
   <si>
     <t>#63 David Roberts - LDE</t>
   </si>
   <si>
     <t>#78 Dave Brown - RDE</t>
   </si>
   <si>
-    <t>#20 Marcus Lynch - CB</t>
+    <t>#27 Marcus Lynch - CB</t>
   </si>
   <si>
     <t>#22 Richard House - SS</t>
   </si>
   <si>
     <t>#40 Carl Jefcoat - FS</t>
   </si>
   <si>
     <t>12:49</t>
   </si>
   <si>
     <t>TBY 11</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>2-19-TBY 11 (12:48) 23-Christian Chun ran to TBY 16 for 5 yards. Tackle by 40-Carl Jefcoat.</t>
   </si>
   <si>
     <t>#84 Miguel Estep - WR</t>
   </si>
@@ -2243,52 +2243,52 @@
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>