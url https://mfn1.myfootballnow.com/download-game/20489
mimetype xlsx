--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -293,132 +293,132 @@
   <si>
     <t>OAK 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 15-Robert Johnson kicks 74 yards from OAK 35 to DET -9. Touchback.</t>
   </si>
   <si>
     <t>#23 Kenneth Watson - RB</t>
   </si>
   <si>
     <t>#49 Glenn Brooks - CB</t>
   </si>
   <si>
     <t>#61 Thomas Pawlowski - DT</t>
   </si>
   <si>
     <t>#37 James Rusin - SS</t>
   </si>
   <si>
-    <t>#74 Kevin Warren - RDE</t>
+    <t>#75 Kevin Warren - RDE</t>
   </si>
   <si>
     <t>#22 Clyde Rosario - CB</t>
   </si>
   <si>
     <t>#76 Jason Mills - DT</t>
   </si>
   <si>
     <t>#93 Michael Saunders - DT</t>
   </si>
   <si>
-    <t>#91 Larry Young - MLB</t>
+    <t>#96 Larry Young - MLB</t>
   </si>
   <si>
     <t>#57 Jeff Vaughn - DT</t>
   </si>
   <si>
     <t>#98 Alberto Burdette - MLB</t>
   </si>
   <si>
     <t>#15 Robert Johnson - K</t>
   </si>
   <si>
     <t>DET</t>
   </si>
   <si>
     <t>DET 25</t>
   </si>
   <si>
     <t>Strong I Normal Counter Strong</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-DET 25 (15:00) 23-Kenneth Watson ran to DET 27 for 2 yards. Tackle by 48-Robert Carter.</t>
   </si>
   <si>
     <t>#7 Thomas Pugliese - QB</t>
   </si>
   <si>
     <t>#25 Joe Speece - FB</t>
   </si>
   <si>
     <t>#89 Earl McKenzie - TE</t>
   </si>
   <si>
-    <t>#12 Michael Biron - WR</t>
-[...2 lines deleted...]
-    <t>#15 Glen Corral - WR</t>
+    <t>#81 Michael Biron - WR</t>
+  </si>
+  <si>
+    <t>#87 Glen Corral - WR</t>
   </si>
   <si>
     <t>#68 Leroy Lockett - C</t>
   </si>
   <si>
     <t>#78 William Robertson - LG</t>
   </si>
   <si>
     <t>#56 Ernest Cavanaugh - C</t>
   </si>
   <si>
-    <t>#50 Lon Marchetti - RT</t>
+    <t>#50 Lon Marchetti - RG</t>
   </si>
   <si>
     <t>#52 Jimmy Degregorio - RT</t>
   </si>
   <si>
     <t>#94 Eric Schmitt - LDE</t>
   </si>
   <si>
-    <t>#72 James Patton - DT</t>
-[...8 lines deleted...]
-    <t>#48 Robert Carter - SLB</t>
+    <t>#65 James Patton - DT</t>
+  </si>
+  <si>
+    <t>#70 Clayton Brown - DT</t>
+  </si>
+  <si>
+    <t>#90 Norman Pettaway - DT</t>
+  </si>
+  <si>
+    <t>#2 Robert Carter - WLB</t>
   </si>
   <si>
     <t>#50 Curt Price - MLB</t>
   </si>
   <si>
     <t>#45 William Donnelly - WLB</t>
   </si>
   <si>
     <t>#26 Charles Wells - CB</t>
   </si>
   <si>
     <t>#28 Donald Lincoln - CB</t>
   </si>
   <si>
     <t>#35 John Reynolds - SS</t>
   </si>
   <si>
     <t>#49 Coleman Cooper - FS</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>DET 27</t>
   </si>
@@ -428,51 +428,51 @@
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>2-8-DET 27 (14:15) 23-Kenneth Watson ran to DET 37 for 10 yards. Tackle by 49-Coleman Cooper.</t>
   </si>
   <si>
     <t>13:42</t>
   </si>
   <si>
     <t>DET 37</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Blitz</t>
   </si>
   <si>
     <t>1-10-DET 37 (13:41) 23-Kenneth Watson ran to DET 43 for 6 yards. Tackle by 50-Curt Price.</t>
   </si>
   <si>
     <t>#44 Harry Higgins - RB</t>
   </si>
   <si>
-    <t>#80 Leonard Weldon - TE</t>
+    <t>#88 Leonard Weldon - TE</t>
   </si>
   <si>
     <t>#91 Robert Long - LDE</t>
   </si>
   <si>
     <t>12:59</t>
   </si>
   <si>
     <t>DET 43</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>2-4-DET 43 (12:58) 44-Harry Higgins ran to OAK 46 for 10 yards. Tackle by 35-John Reynolds.</t>
   </si>
   <si>
     <t>12:22</t>
   </si>
   <si>
     <t>OAK 46</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
@@ -536,51 +536,51 @@
   <si>
     <t>#18 Douglas Williams - WR</t>
   </si>
   <si>
     <t>#92 Edward Butler - MLB</t>
   </si>
   <si>
     <t>#79 Philip Cottrell - RDE</t>
   </si>
   <si>
     <t>10:44</t>
   </si>
   <si>
     <t>OAK 20</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-OAK 20 (10:45) 18-John Wade pass complete to 20-Pete Gardner to OAK 28 for 8 yards. Tackle by 5-Rafael Petrie. OAK 56-Henry Musgrove was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#18 John Wade - QB</t>
+    <t>#13 John Wade - QB</t>
   </si>
   <si>
     <t>#20 Pete Gardner - RB</t>
   </si>
   <si>
     <t>#89 Frank Jones - TE</t>
   </si>
   <si>
     <t>#83 Larry Santos - WR</t>
   </si>
   <si>
     <t>#10 Kenneth Nale - WR</t>
   </si>
   <si>
     <t>#60 John Wright - LG</t>
   </si>
   <si>
     <t>#56 Henry Musgrove - LG</t>
   </si>
   <si>
     <t>#57 Donald Wolfe - C</t>
   </si>
   <si>
     <t>#74 Lyndon Drake - RG</t>
   </si>
@@ -620,114 +620,114 @@
   <si>
     <t>2-2-OAK 28 (10:05) 20-Pete Gardner ran to OAK 41 for 13 yards. Tackle by 41-David Baker.</t>
   </si>
   <si>
     <t>#65 Jared Rundle - RT</t>
   </si>
   <si>
     <t>#41 David Baker - FS</t>
   </si>
   <si>
     <t>9:30</t>
   </si>
   <si>
     <t>OAK 41</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>1-10-OAK 41 (9:29) 20-Pete Gardner ran to OAK 42 for 1 yards. Tackle by 57-Jeff Vaughn.</t>
   </si>
   <si>
     <t>#33 Steven Zimmerman - FB</t>
   </si>
   <si>
-    <t>#97 Elias Peacock - WLB</t>
+    <t>#57 Elias Peacock - WLB</t>
   </si>
   <si>
     <t>8:50</t>
   </si>
   <si>
     <t>OAK 42</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-9-OAK 42 (8:49) 20-Pete Gardner ran to OAK 46 for 4 yards. Tackle by 98-Alberto Burdette.</t>
   </si>
   <si>
     <t>8:16</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>3-5-OAK 46 (8:15) 31-Gerald Hanes ran to OAK 47 for 1 yards. Tackle by 91-Larry Young.</t>
   </si>
   <si>
-    <t>#31 Gerald Hanes - RB</t>
+    <t>#34 Gerald Hanes - RB</t>
   </si>
   <si>
     <t>7:40</t>
   </si>
   <si>
     <t>OAK 47</t>
   </si>
   <si>
     <t>4-4-OAK 47 (7:39) 6-Jackie Davis punts 43 yards to DET 10.</t>
   </si>
   <si>
     <t>#6 Jackie Davis - P</t>
   </si>
   <si>
     <t>#47 Jeff Berryhill - RB</t>
   </si>
   <si>
     <t>#58 Rickey Cagle - C</t>
   </si>
   <si>
-    <t>#62 Mike Cunha - LG</t>
+    <t>#66 Mike Cunha - LG</t>
   </si>
   <si>
     <t>7:29</t>
   </si>
   <si>
     <t>DET 10</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>1-10-DET 10 (7:30) 7-Thomas Pugliese pass Pass knocked down by 21-Frank Allen. incomplete, intended for 23-Kenneth Watson.</t>
   </si>
   <si>
-    <t>#43 Lawrence Judd - MLB</t>
+    <t>#43 Lawrence Judd - SLB</t>
   </si>
   <si>
     <t>#21 Frank Allen - CB</t>
   </si>
   <si>
     <t>7:26</t>
   </si>
   <si>
     <t>Shotgun Normal HB Dive</t>
   </si>
   <si>
     <t>Nickel Normal Cover 2</t>
   </si>
   <si>
     <t>2-10-DET 10 (7:27) 23-Kenneth Watson ran to DET 21 for 11 yards. Tackle by 35-John Reynolds.</t>
   </si>
   <si>
     <t>6:44</t>
   </si>
   <si>
     <t>DET 21</t>
   </si>
   <si>
     <t>3-4 Normal Man QB Spy</t>
   </si>
@@ -1013,51 +1013,51 @@
   <si>
     <t>2-2-OAK 25 (11:02) 31-Gerald Hanes ran to OAK 34 for 10 yards. Tackle by 37-James Rusin.</t>
   </si>
   <si>
     <t>10:29</t>
   </si>
   <si>
     <t>3-4 Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-OAK 34 (10:28) 31-Gerald Hanes ran to OAK 49 for 15 yards. Tackle by 37-James Rusin. DET 22-Clyde Rosario was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>9:48</t>
   </si>
   <si>
     <t>OAK 49</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>1-10-OAK 49 (9:47) 32-Merle Pace ran to DET 46 for 5 yards. Tackle by 97-Elias Peacock.</t>
   </si>
   <si>
-    <t>#32 Merle Pace - RB</t>
+    <t>#32 Merle Pace - WR</t>
   </si>
   <si>
     <t>9:06</t>
   </si>
   <si>
     <t>DET 46</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle</t>
   </si>
   <si>
     <t>2-5-DET 46 (9:05) 31-Gerald Hanes ran to DET 37 for 9 yards. Tackle by 20-Robert Ross.</t>
   </si>
   <si>
     <t>8:28</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-DET 37 (8:27) 18-John Wade ran to DET 28 for 9 yards. 18-John Wade slides to avoid being hit.</t>
   </si>
@@ -1403,51 +1403,51 @@
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>1-10-OAK 47 (11:11) 18-John Wade pass complete to 83-Larry Santos to DET 14 for 40 yards. Tackle by 20-Robert Ross.</t>
   </si>
   <si>
     <t>10:23</t>
   </si>
   <si>
     <t>DET 14</t>
   </si>
   <si>
     <t>1-10-DET 14 (10:22) 20-Pete Gardner ran to DET 4 for 10 yards. Tackle by 37-James Rusin.</t>
   </si>
   <si>
     <t>9:43</t>
   </si>
   <si>
     <t>DET 4</t>
   </si>
   <si>
     <t>2-1-DET 4 (9:42) 31-Gerald Hanes ran to DET 2 for 2 yards. Tackle by 61-Thomas Pawlowski.</t>
   </si>
   <si>
-    <t>#41 Edward Kittel - SS</t>
+    <t>#1 Edward Kittel - FS</t>
   </si>
   <si>
     <t>9:03</t>
   </si>
   <si>
     <t>DET 2</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>1-2-DET 2 (9:02) 31-Gerald Hanes ran for 2 yards. TOUCHDOWN! OAK 19 DET 6</t>
   </si>
   <si>
     <t>8:59</t>
   </si>
   <si>
     <t>(9:00) Extra point GOOD by 15-Robert Johnson. OAK 20 DET 6</t>
   </si>
   <si>
     <t>(9:00) 15-Robert Johnson kicks 74 yards from OAK 35 to DET -9. Touchback.</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
@@ -2247,77 +2247,77 @@
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="75" max="75" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="74" max="74" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="75" max="75" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>