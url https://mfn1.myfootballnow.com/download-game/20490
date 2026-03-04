--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -293,60 +293,60 @@
   <si>
     <t>CLE 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 15-Timothy Magee kicks 75 yards from CLE 35 to LAA -10. Touchback.</t>
   </si>
   <si>
     <t>#48 John Wolf - RB</t>
   </si>
   <si>
     <t>#58 Cornell Huynh - MLB</t>
   </si>
   <si>
     <t>#47 Vern Durst - SLB</t>
   </si>
   <si>
     <t>#36 Harold Webb - CB</t>
   </si>
   <si>
-    <t>#77 Emery Cleveland - DT</t>
-[...2 lines deleted...]
-    <t>#92 Roberto Park - RDE</t>
+    <t>#51 Emery Cleveland - DT</t>
+  </si>
+  <si>
+    <t>#99 Roberto Park - RDE</t>
   </si>
   <si>
     <t>#91 Chase Saunders - WLB</t>
   </si>
   <si>
-    <t>#99 Lawrence Chandler - MLB</t>
+    <t>#51 Lawrence Chandler - MLB</t>
   </si>
   <si>
     <t>#56 Rupert Stewart - DT</t>
   </si>
   <si>
     <t>#46 Bobby Bier - CB</t>
   </si>
   <si>
     <t>#93 William Timm - DT</t>
   </si>
   <si>
     <t>#15 Timothy Magee - K</t>
   </si>
   <si>
     <t>LAA</t>
   </si>
   <si>
     <t>LAA 25</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
@@ -365,54 +365,54 @@
   <si>
     <t>#19 Dale Hopkins - WR</t>
   </si>
   <si>
     <t>#17 Mark Husband - WR</t>
   </si>
   <si>
     <t>#50 Anthony Lewis - RT</t>
   </si>
   <si>
     <t>#60 Daniel Ellerbee - LG</t>
   </si>
   <si>
     <t>#51 Stephen Calcote - C</t>
   </si>
   <si>
     <t>#63 Stephan Kovach - RG</t>
   </si>
   <si>
     <t>#11 Jose Matias - RT</t>
   </si>
   <si>
     <t>#97 Steve Stout - LDE</t>
   </si>
   <si>
-    <t>#53 Austin Tanner - DT</t>
-[...2 lines deleted...]
-    <t>#75 Ronald Outland - DT</t>
+    <t>#76 Austin Tanner - DT</t>
+  </si>
+  <si>
+    <t>#59 Ronald Outland - DT</t>
   </si>
   <si>
     <t>#78 Russell Washington - RDE</t>
   </si>
   <si>
     <t>#54 Lawrence Stevens - SLB</t>
   </si>
   <si>
     <t>#37 Shane Jamison - MLB</t>
   </si>
   <si>
     <t>#90 Emil Richardson - WLB</t>
   </si>
   <si>
     <t>#31 Jess Gardner - CB</t>
   </si>
   <si>
     <t>#29 Marshall Roberson - CB</t>
   </si>
   <si>
     <t>#41 Charlie Parmenter - SS</t>
   </si>
   <si>
     <t>#42 Ramon Jefferson - FS</t>
   </si>
@@ -452,102 +452,102 @@
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-5-LAA 30 (13:41) 14-Robert Welch punts 46 yards to CLE 24. 83-Roy Larios to CLE 28 for 5 yards. Tackle by 99-Lawrence Chandler.</t>
   </si>
   <si>
     <t>#14 Robert Welch - P</t>
   </si>
   <si>
     <t>#83 Roy Larios - WR</t>
   </si>
   <si>
     <t>#93 Michael McPhee - WLB</t>
   </si>
   <si>
     <t>#87 Jerry Pearson - WR</t>
   </si>
   <si>
     <t>#10 Nathan Barker - WR</t>
   </si>
   <si>
-    <t>#13 Stephen Kotter - WR</t>
+    <t>#83 Stephen Kotter - WR</t>
   </si>
   <si>
     <t>#71 Carl Flynn - SLB</t>
   </si>
   <si>
     <t>#64 Derek Walkup - C</t>
   </si>
   <si>
     <t>#66 Russell Cranford - RT</t>
   </si>
   <si>
     <t>#73 Mark Snow - LG</t>
   </si>
   <si>
     <t>#71 Trevor Sales - C</t>
   </si>
   <si>
     <t>#62 Shane Frakes - RDE</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>CLE 28</t>
   </si>
   <si>
     <t>I Formation Twin WR HB Counter Middle</t>
   </si>
   <si>
     <t>1-10-CLE 28 (13:33) 22-James Peterson ran to CLE 31 for 3 yards. Tackle by 58-Cornell Huynh.</t>
   </si>
   <si>
     <t>#4 Sang Wilson - QB</t>
   </si>
   <si>
     <t>#22 James Peterson - RB</t>
   </si>
   <si>
     <t>#43 Howard Dyson - FB</t>
   </si>
   <si>
-    <t>#80 Justin Whitley - FB</t>
+    <t>#80 Justin Whitley - C</t>
   </si>
   <si>
     <t>#52 Foster Wyatt - LT</t>
   </si>
   <si>
     <t>#67 Michael Dominguez - LG</t>
   </si>
   <si>
-    <t>#64 William Smith - C</t>
+    <t>#66 William Smith - C</t>
   </si>
   <si>
     <t>#69 Jonathan Alston - RG</t>
   </si>
   <si>
     <t>#70 Horace Glenn - RT</t>
   </si>
   <si>
     <t>#54 Mike Jones - LDE</t>
   </si>
   <si>
     <t>#24 Gary Hickman - SS</t>
   </si>
   <si>
     <t>#23 Paul Johnson - CB</t>
   </si>
   <si>
     <t>12:57</t>
   </si>
   <si>
     <t>CLE 31</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Drag In</t>
   </si>
@@ -569,51 +569,51 @@
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle</t>
   </si>
   <si>
     <t>3-1-CLE 38 (12:10) 4-Sang Wilson pass complete to 22-James Peterson to CLE 45 for 8 yards. Tackle by 36-Harold Webb.</t>
   </si>
   <si>
     <t>11:29</t>
   </si>
   <si>
     <t>CLE 45</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>1-10-CLE 45 (11:28) 43-Howard Dyson ran to LAA 45 for 10 yards. Tackle by 24-Gary Hickman.</t>
   </si>
   <si>
-    <t>#83 John Bingham - FB</t>
+    <t>#82 John Bingham - TE</t>
   </si>
   <si>
     <t>10:47</t>
   </si>
   <si>
     <t>LAA 45</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-1-LAA 45 (10:46) 22-James Peterson ran to LAA 21 for 24 yards. Tackle by 46-Bobby Bier.</t>
   </si>
   <si>
     <t>10:09</t>
   </si>
   <si>
     <t>LAA 21</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
@@ -752,51 +752,51 @@
   <si>
     <t>#21 Charles Situ - CB</t>
   </si>
   <si>
     <t>6:34</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>2-8-LAA 27 (6:33) 48-John Wolf ran to LAA 27 for a short loss. Tackle by 90-Emil Richardson.</t>
   </si>
   <si>
     <t>5:51</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>3-8-LAA 27 (5:50) 48-John Wolf ran to LAA 32 for 5 yards. Tackle by 78-Russell Washington.</t>
   </si>
   <si>
     <t>#31 Raymond Lynch - FB</t>
   </si>
   <si>
-    <t>#86 Jeffery Hufford - TE</t>
+    <t>#89 Jeffery Hufford - TE</t>
   </si>
   <si>
     <t>#24 Peter Mills - CB</t>
   </si>
   <si>
     <t>5:16</t>
   </si>
   <si>
     <t>LAA 32</t>
   </si>
   <si>
     <t>4-3-LAA 32 (5:15) 14-Robert Welch punts 47 yards to CLE 20. 83-Roy Larios to CLE 30 for 10 yards. Tackle by 99-Lawrence Chandler. CLE 78-Russell Washington was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:06</t>
   </si>
   <si>
     <t>CLE 30</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR Quick Out</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
@@ -1295,51 +1295,51 @@
   <si>
     <t>2-1-LAA 18 (0:27) 4-Sang Wilson pass complete to 43-Howard Dyson to LAA 17 for 1 yards. Tackle by 58-Cornell Huynh. CLE 87-Jerry Pearson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>0:23</t>
   </si>
   <si>
     <t>0:02</t>
   </si>
   <si>
     <t>LAA 17</t>
   </si>
   <si>
     <t>1-10-LAA 17 (0:03) 15-Timothy Magee 35 yard field goal is GOOD. LAA 0 CLE 9</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>LAA 35</t>
   </si>
   <si>
     <t>(15:00) 3-Eric Wiggins kicks 75 yards from LAA 35 to CLE -10. Touchback.</t>
   </si>
   <si>
-    <t>#3 Eric Wiggins - K</t>
+    <t>#19 Eric Wiggins - K</t>
   </si>
   <si>
     <t>1-10-CLE 25 (15:00) 22-James Peterson ran to CLE 25 for a short gain. Tackle by 23-Paul Johnson.</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>2-10-CLE 25 (14:20) 22-James Peterson ran to CLE 29 for 4 yards. Tackle by 58-Cornell Huynh.</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>CLE 29</t>
   </si>
   <si>
     <t>3-6-CLE 29 (13:37) 4-Sang Wilson pass Pass knocked down by 39-John Schoch. incomplete, intended for 83-Roy Larios.</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>4-6-CLE 29 (13:34) 7-Steven Francis punts 47 yards to LAA 24. Fair Catch by 15-Philip Kim.</t>
   </si>
@@ -2321,51 +2321,51 @@
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="32.992" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>