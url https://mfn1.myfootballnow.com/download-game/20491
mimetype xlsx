--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -290,51 +290,51 @@
   <si>
     <t>NOS</t>
   </si>
   <si>
     <t>NOS 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Thomas Spielman kicks 75 yards from NOS 35 to TBY -10. Touchback.</t>
   </si>
   <si>
     <t>#15 Erik Acord - WR</t>
   </si>
   <si>
     <t>#67 Carlos Medina - RT</t>
   </si>
   <si>
     <t>#96 John Jackson - DT</t>
   </si>
   <si>
-    <t>#32 Charlie Ramirez - FS</t>
+    <t>#26 Charlie Ramirez - FS</t>
   </si>
   <si>
     <t>#24 Robert Barton - CB</t>
   </si>
   <si>
     <t>#53 Anthony Sipple - MLB</t>
   </si>
   <si>
     <t>#18 Sean Byerly - WR</t>
   </si>
   <si>
     <t>#90 Darrell Toller - MLB</t>
   </si>
   <si>
     <t>#65 John Thomas - DT</t>
   </si>
   <si>
     <t>#23 Christian Chun - RB</t>
   </si>
   <si>
     <t>#62 Willie Walker - RDE</t>
   </si>
   <si>
     <t>#3 Thomas Spielman - K</t>
   </si>
@@ -359,51 +359,51 @@
   <si>
     <t>#44 Julio Alger - FB</t>
   </si>
   <si>
     <t>#81 Michael Springer - TE</t>
   </si>
   <si>
     <t>#12 Paul McMillan - WR</t>
   </si>
   <si>
     <t>#66 Jonathan Haynes - LT</t>
   </si>
   <si>
     <t>#70 Keith Bullins - LG</t>
   </si>
   <si>
     <t>#75 Martin Carney - C</t>
   </si>
   <si>
     <t>#77 Leon Oshea - RG</t>
   </si>
   <si>
     <t>#67 Tracy Killian - LDE</t>
   </si>
   <si>
-    <t>#98 Norman Muff - DT</t>
+    <t>#68 Norman Muff - DT</t>
   </si>
   <si>
     <t>#61 Freddie Room - LDE</t>
   </si>
   <si>
     <t>#51 Larry Hawthorne - LDE</t>
   </si>
   <si>
     <t>#95 Joe Green - SLB</t>
   </si>
   <si>
     <t>#92 Mark Parker - MLB</t>
   </si>
   <si>
     <t>#95 David Morgan - WLB</t>
   </si>
   <si>
     <t>#44 Clay Briggs - CB</t>
   </si>
   <si>
     <t>#33 Fredrick Jackson - CB</t>
   </si>
   <si>
     <t>#20 Gary William - FS</t>
   </si>
@@ -494,51 +494,51 @@
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>3-5-NOS 5 (12:19) 29-Rafael Jacobson ran for 5 yards. TOUCHDOWN! TBY 6 NOS 0</t>
   </si>
   <si>
     <t>12:16</t>
   </si>
   <si>
     <t>NOS 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(12:17) Extra point GOOD by 13-Thomas Bennett. TBY 7 NOS 0</t>
   </si>
   <si>
-    <t>#13 Thomas Bennett - K</t>
+    <t>#7 Thomas Bennett - K</t>
   </si>
   <si>
     <t>#63 John Pettis - RG</t>
   </si>
   <si>
     <t>#10 Samuel Keyser - WR</t>
   </si>
   <si>
     <t>TBY 35</t>
   </si>
   <si>
     <t>(12:17) 13-Thomas Bennett kicks 75 yards from TBY 35 to NOS -10. Touchback.</t>
   </si>
   <si>
     <t>#39 Michael Buhl - RB</t>
   </si>
   <si>
     <t>#84 Charles Uresti - WR</t>
   </si>
   <si>
     <t>NOS 25</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>