--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -293,51 +293,51 @@
   <si>
     <t>DEN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Kenneth Smith kicks 65 yards from DEN 35 to BAL 0. 18-Marvin Allen to BAL 35 for 36 yards. Tackle by 3-Kenneth Smith.</t>
   </si>
   <si>
     <t>#18 Marvin Allen - WR</t>
   </si>
   <si>
     <t>#98 Long Whaley - LDE</t>
   </si>
   <si>
     <t>#99 William Myrick - SLB</t>
   </si>
   <si>
     <t>#66 Andrew Bouton - RDE</t>
   </si>
   <si>
-    <t>#49 Louie Long - CB</t>
+    <t>#39 Louie Long - CB</t>
   </si>
   <si>
     <t>#92 Kyle Koch - MLB</t>
   </si>
   <si>
     <t>#37 William Ong - FS</t>
   </si>
   <si>
     <t>#90 Matthew Gatewood - DT</t>
   </si>
   <si>
     <t>#95 Manuel Jaramillo - SLB</t>
   </si>
   <si>
     <t>#58 Justin Norris - WLB</t>
   </si>
   <si>
     <t>#29 Adam Moore - CB</t>
   </si>
   <si>
     <t>#3 Kenneth Smith - K</t>
   </si>
   <si>
     <t>BAL</t>
   </si>
@@ -374,54 +374,54 @@
   <si>
     <t>#12 Kennith Lawrence - WR</t>
   </si>
   <si>
     <t>#73 Micheal Nelsen - LT</t>
   </si>
   <si>
     <t>#74 Alberto Tynes - LG</t>
   </si>
   <si>
     <t>#71 John Metz - C</t>
   </si>
   <si>
     <t>#60 Eddie Bright - RG</t>
   </si>
   <si>
     <t>#67 Eddie Doherty - RT</t>
   </si>
   <si>
     <t>#72 Josiah Roemer - SLB</t>
   </si>
   <si>
     <t>#97 Mark Gothard - DT</t>
   </si>
   <si>
-    <t>#50 Jeffrey Torres - DT</t>
-[...2 lines deleted...]
-    <t>#78 Adam Servantes - RDE</t>
+    <t>#97 Jeffrey Torres - DT</t>
+  </si>
+  <si>
+    <t>#92 Adam Servantes - RDE</t>
   </si>
   <si>
     <t>#56 Jeffery Patterson - SLB</t>
   </si>
   <si>
     <t>#44 Roger Leonard - MLB</t>
   </si>
   <si>
     <t>#43 Richard Smith - WLB</t>
   </si>
   <si>
     <t>#24 Zachery Obrien - CB</t>
   </si>
   <si>
     <t>#20 Chris Lucas - CB</t>
   </si>
   <si>
     <t>#48 Jason Sampley - SS</t>
   </si>
   <si>
     <t>#37 Robert James - FS</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
@@ -464,93 +464,93 @@
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-BAL 42 (13:33) 13-Samuel Owens punts 47 yards to DEN 12. 19-Francis Adams to DEN 19 for 7 yards. Tackle by 90-Matthew Gatewood. 43-Richard Smith was completely beat on that play.</t>
   </si>
   <si>
     <t>#13 Samuel Owens - P</t>
   </si>
   <si>
     <t>#91 Robert Ross - LDE</t>
   </si>
   <si>
     <t>#19 Francis Adams - WR</t>
   </si>
   <si>
     <t>#76 Todd Horne - RDE</t>
   </si>
   <si>
-    <t>#70 Emil Demoss - DT</t>
+    <t>#79 Emil Demoss - DT</t>
   </si>
   <si>
     <t>#56 Ronald Davis - LG</t>
   </si>
   <si>
     <t>13:24</t>
   </si>
   <si>
     <t>DEN 19</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-DEN 19 (13:25) 49-Kenneth McKay ran to DEN 17 for -2 yards. Tackle by 58-Justin Norris.</t>
   </si>
   <si>
     <t>#12 Joshua Pursel - QB</t>
   </si>
   <si>
     <t>#49 Kenneth McKay - RB</t>
   </si>
   <si>
     <t>#42 Harold Flores - RB</t>
   </si>
   <si>
     <t>#43 Neil Blair - FB</t>
   </si>
   <si>
     <t>#89 Richard Zamora - TE</t>
   </si>
   <si>
     <t>#86 Ryan Odell - TE</t>
   </si>
   <si>
     <t>#68 Enrique Gaither - LT</t>
   </si>
   <si>
-    <t>#63 Steven Schleicher - LG</t>
+    <t>#68 Steven Schleicher - LG</t>
   </si>
   <si>
     <t>#57 Loren Rivera - C</t>
   </si>
   <si>
     <t>#64 Craig Mund - RG</t>
   </si>
   <si>
     <t>#71 Michael Blanch - LT</t>
   </si>
   <si>
     <t>#72 Jim Ramirez - RDE</t>
   </si>
   <si>
     <t>#36 William Jacobs - SS</t>
   </si>
   <si>
     <t>12:50</t>
   </si>
   <si>
     <t>DEN 17</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
@@ -1022,51 +1022,51 @@
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>3-14-BAL 39 (13:33) 12-Joshua Pursel pass complete to 84-Bobby Cantu for 39 yards. TOUCHDOWN! BAL 0 DEN 9</t>
   </si>
   <si>
     <t>13:25</t>
   </si>
   <si>
     <t>BAL 15</t>
   </si>
   <si>
     <t>(13:26) Extra point GOOD by 3-Kenneth Smith. BAL 0 DEN 10</t>
   </si>
   <si>
     <t>(13:26) 3-Kenneth Smith kicks 75 yards from DEN 35 to BAL -10. Touchback.</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-BAL 25 (13:26) 46-Christopher Tyson ran to BAL 38 for 13 yards. Tackle by 20-Chris Lucas.</t>
   </si>
   <si>
-    <t>#30 Richard Mulholland - RB</t>
+    <t>#38 Richard Mulholland - RB</t>
   </si>
   <si>
     <t>12:47</t>
   </si>
   <si>
     <t>1-10-BAL 38 (12:46) 16-Ronnie Pepin pass Pass knocked down by 44-Roger Leonard. incomplete, intended for 86-William Love.</t>
   </si>
   <si>
     <t>12:39</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>2-10-BAL 38 (12:40) 16-Ronnie Pepin pass Pass knocked down by 37-Robert James. incomplete, intended for 86-William Love. Pressure by 78-Adam Servantes.</t>
   </si>
   <si>
     <t>12:35</t>
   </si>
   <si>
     <t>3-10-BAL 38 (12:36) 16-Ronnie Pepin pass incomplete, intended for 86-William Love. That ball was not released cleanly.</t>
   </si>
   <si>
     <t>12:33</t>
   </si>