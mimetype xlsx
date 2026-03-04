--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -293,171 +293,171 @@
   <si>
     <t>KCY 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 8-James Renaud kicks 75 yards from KCY 35 to DET -10. Touchback.</t>
   </si>
   <si>
     <t>#23 Kenneth Watson - RB</t>
   </si>
   <si>
     <t>#49 Glenn Brooks - CB</t>
   </si>
   <si>
     <t>#61 Thomas Pawlowski - DT</t>
   </si>
   <si>
     <t>#37 James Rusin - SS</t>
   </si>
   <si>
-    <t>#74 Kevin Warren - RDE</t>
+    <t>#75 Kevin Warren - RDE</t>
   </si>
   <si>
     <t>#22 Clyde Rosario - CB</t>
   </si>
   <si>
     <t>#76 Jason Mills - DT</t>
   </si>
   <si>
     <t>#93 Michael Saunders - DT</t>
   </si>
   <si>
-    <t>#91 Larry Young - MLB</t>
+    <t>#96 Larry Young - MLB</t>
   </si>
   <si>
     <t>#57 Jeff Vaughn - DT</t>
   </si>
   <si>
     <t>#98 Alberto Burdette - MLB</t>
   </si>
   <si>
     <t>#8 James Renaud - K</t>
   </si>
   <si>
     <t>DET</t>
   </si>
   <si>
     <t>DET 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-DET 25 (15:00) 23-Kenneth Watson ran to DET 33 for 8 yards. Tackle by 49-Conrad Johnson.</t>
   </si>
   <si>
     <t>#7 Thomas Pugliese - QB</t>
   </si>
   <si>
     <t>#44 Harry Higgins - RB</t>
   </si>
   <si>
     <t>#25 Joe Speece - FB</t>
   </si>
   <si>
     <t>#89 Earl McKenzie - TE</t>
   </si>
   <si>
-    <t>#80 Leonard Weldon - TE</t>
+    <t>#88 Leonard Weldon - TE</t>
   </si>
   <si>
     <t>#68 Leroy Lockett - C</t>
   </si>
   <si>
     <t>#78 William Robertson - LG</t>
   </si>
   <si>
     <t>#56 Ernest Cavanaugh - C</t>
   </si>
   <si>
-    <t>#50 Lon Marchetti - RT</t>
+    <t>#50 Lon Marchetti - RG</t>
   </si>
   <si>
     <t>#52 Jimmy Degregorio - RT</t>
   </si>
   <si>
     <t>#65 Charles Keaton - LDE</t>
   </si>
   <si>
     <t>#99 Theodore Wolf - RDE</t>
   </si>
   <si>
     <t>#56 Michael Dunn - DT</t>
   </si>
   <si>
     <t>#75 Jeff McGann - DT</t>
   </si>
   <si>
     <t>#94 William White - RDE</t>
   </si>
   <si>
-    <t>#93 Joe Sather - SLB</t>
+    <t>#52 Joe Sather - SLB</t>
   </si>
   <si>
     <t>#50 Kenny Kornegay - MLB</t>
   </si>
   <si>
-    <t>#96 Justin Brumbaugh - WLB</t>
+    <t>#48 Justin Brumbaugh - WLB</t>
   </si>
   <si>
     <t>#28 Richard Santana - CB</t>
   </si>
   <si>
     <t>#49 Conrad Johnson - CB</t>
   </si>
   <si>
     <t>#46 Darryl Folden - SS</t>
   </si>
   <si>
     <t>14:27</t>
   </si>
   <si>
     <t>DET 33</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>2-2-DET 33 (14:26) 7-Thomas Pugliese pass incomplete, dropped by 12-Michael Biron. Pressure by 65-Charles Keaton.</t>
   </si>
   <si>
-    <t>#12 Michael Biron - WR</t>
-[...2 lines deleted...]
-    <t>#15 Glen Corral - WR</t>
+    <t>#81 Michael Biron - WR</t>
+  </si>
+  <si>
+    <t>#87 Glen Corral - WR</t>
   </si>
   <si>
     <t>#35 Curtis Shaughnessy - FS</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>3-2-DET 33 (14:23) 23-Kenneth Watson ran to DET 34 for 1 yards. Tackle by 56-Michael Dunn.</t>
   </si>
   <si>
     <t>13:48</t>
   </si>
   <si>
     <t>DET 34</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
@@ -512,84 +512,84 @@
   <si>
     <t>#88 George Schmid - WR</t>
   </si>
   <si>
     <t>#74 Daniel Reece - LT</t>
   </si>
   <si>
     <t>#72 Raymond Dail - LG</t>
   </si>
   <si>
     <t>#60 Warren Driver - C</t>
   </si>
   <si>
     <t>#63 Terry Dardar - RG</t>
   </si>
   <si>
     <t>#59 Daniel Sartin - RT</t>
   </si>
   <si>
     <t>#92 Michael Bowman - LDE</t>
   </si>
   <si>
     <t>#67 Richard Shah - RDE</t>
   </si>
   <si>
-    <t>#97 Elias Peacock - WLB</t>
+    <t>#57 Elias Peacock - WLB</t>
   </si>
   <si>
     <t>#5 Rafael Petrie - WLB</t>
   </si>
   <si>
     <t>#47 James Singleton - CB</t>
   </si>
   <si>
     <t>#20 Robert Ross - SS</t>
   </si>
   <si>
     <t>13:37</t>
   </si>
   <si>
     <t>Timeout KCY</t>
   </si>
   <si>
     <t>13:08</t>
   </si>
   <si>
     <t>KCY 43</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-KCY 43 (13:09) 37-Thomas Prickett ran to KCY 47 for 4 yards. 37-Thomas Prickett FUMBLES (5-Rafael Petrie) recovered by DET-91-Larry Young at KCY 47. Tackle by 72-Raymond Dail.</t>
   </si>
   <si>
-    <t>#16 Joseph Jones - WR</t>
+    <t>#82 Joseph Jones - WR</t>
   </si>
   <si>
     <t>#31 Horace Graham - CB</t>
   </si>
   <si>
     <t>13:04</t>
   </si>
   <si>
     <t>KCY 47</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-KCY 47 (13:05) 7-Thomas Pugliese pass complete to 23-Kenneth Watson to KCY 36 for 11 yards. Tackle by 28-Richard Santana.</t>
   </si>
   <si>
     <t>12:22</t>
   </si>
   <si>
     <t>KCY 36</t>
   </si>
@@ -710,90 +710,90 @@
   <si>
     <t>#58 Tyrone Crews - MLB</t>
   </si>
   <si>
     <t>8:33</t>
   </si>
   <si>
     <t>DET 35</t>
   </si>
   <si>
     <t>(8:34) 18-James White kicks 74 yards from DET 35 to KCY -9. Touchback.</t>
   </si>
   <si>
     <t>#39 Vincent Hillery - CB</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>1-10-KCY 25 (8:34) 10-Howard Graham pass Pass knocked down by 22-Clyde Rosario. incomplete, intended for 81-Lucas Potts.</t>
   </si>
   <si>
     <t>#33 Steven Coffman - FB</t>
   </si>
   <si>
-    <t>#85 Marco Brown - TE</t>
+    <t>#84 Marco Brown - TE</t>
   </si>
   <si>
     <t>#71 Nathan Davis - LDE</t>
   </si>
   <si>
     <t>8:31</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>2-10-KCY 25 (8:32) 37-Thomas Prickett ran to KCY 31 for 6 yards. Tackle by 20-Robert Ross. KCY 59-Daniel Sartin was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>8:00</t>
   </si>
   <si>
     <t>KCY 31</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>3-4-KCY 31 (7:58) 37-Thomas Prickett ran to KCY 33 for 2 yards. Tackle by 31-Horace Graham.</t>
   </si>
   <si>
     <t>#51 Michael Mangus - RT</t>
   </si>
   <si>
     <t>7:19</t>
   </si>
   <si>
     <t>4-2-KCY 33 (7:18) 11-Bruce Spencer punts 56 yards to DET 12.</t>
   </si>
   <si>
     <t>#11 Bruce Spencer - P</t>
   </si>
   <si>
-    <t>#61 Brendan Porter - C</t>
+    <t>#58 Brendan Porter - C</t>
   </si>
   <si>
     <t>#47 Jeff Berryhill - RB</t>
   </si>
   <si>
     <t>#57 David Smith - RG</t>
   </si>
   <si>
     <t>7:08</t>
   </si>
   <si>
     <t>DET 12</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>1-10-DET 12 (7:09) 23-Kenneth Watson ran to DET 15 for 4 yards. Tackle by 50-Kenny Kornegay.</t>
   </si>
   <si>
     <t>#31 Glen Speirs - CB</t>
   </si>
   <si>
     <t>6:37</t>
   </si>
@@ -1217,51 +1217,51 @@
   <si>
     <t>1-10-DET 42 (4:52) 23-Kenneth Watson ran to DET 42 for a short gain. Tackle by 94-William White.</t>
   </si>
   <si>
     <t>4:13</t>
   </si>
   <si>
     <t>2-10-DET 42 (4:12) 7-Thomas Pugliese pass complete to 89-Earl McKenzie to DET 50 for 7 yards. Tackle by 93-Joe Sather. DET 12-Michael Biron was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>3:37</t>
   </si>
   <si>
     <t>DET 50</t>
   </si>
   <si>
     <t>3-2-DET 50 (3:36) 7-Thomas Pugliese pass complete to 15-Glen Corral to KCY 47 for 3 yards. Tackle by 28-Richard Santana. 28-Richard Santana got away with a hold on that play.</t>
   </si>
   <si>
     <t>2:56</t>
   </si>
   <si>
     <t>1-10-KCY 47 (2:55) 7-Thomas Pugliese pass Pass knocked down by 28-Richard Santana. incomplete, intended for 15-Glen Corral.</t>
   </si>
   <si>
-    <t>#99 John Parente - MLB</t>
+    <t>#55 John Parente - MLB</t>
   </si>
   <si>
     <t>2:50</t>
   </si>
   <si>
     <t>2-10-KCY 47 (2:51) 23-Kenneth Watson ran to KCY 44 for 3 yards. Tackle by 47-Jason Shelton.</t>
   </si>
   <si>
     <t>2:08</t>
   </si>
   <si>
     <t>3-7-KCY 44 (2:07) 7-Thomas Pugliese pass complete to 44-Harry Higgins to KCY 43 for 1 yards. Tackle by 28-Richard Santana.</t>
   </si>
   <si>
     <t>2:00</t>
   </si>
   <si>
     <t>Timeout for two minute warning.</t>
   </si>
   <si>
     <t>4-6-KCY 43 (2:00) 17-Melvin Rice punts 43 yards to KCY 0.4-6-KCY 43 (2:00) 17-Melvin Rice punts 43 yards to KCY 0. Touchback.</t>
   </si>
   <si>
     <t>1:52</t>
   </si>
@@ -1796,51 +1796,51 @@
   <si>
     <t>1-10-KCY 38 (2:57) 10-Howard Graham pass complete to 80-Dennis Killion to KCY 41 for 3 yards. Tackle by 22-Clyde Rosario.</t>
   </si>
   <si>
     <t>#53 Bryan Vasquez - RG</t>
   </si>
   <si>
     <t>2:39</t>
   </si>
   <si>
     <t>KCY 41</t>
   </si>
   <si>
     <t>2-7-KCY 41 (2:38) 10-Howard Graham pass complete to 33-Steven Coffman to KCY 47 for 6 yards. Tackle by 47-James Singleton.</t>
   </si>
   <si>
     <t>2:13</t>
   </si>
   <si>
     <t>3-1-KCY 47 (2:12) 10-Howard Graham pass complete to 81-Lucas Potts to DET 48 for 5 yards. Tackle by 49-Glenn Brooks. 81-Lucas Potts did some fancy footwork there.</t>
   </si>
   <si>
     <t>1-10-DET 48 (2:00) 10-Howard Graham pass Pass knocked down by 98-Alberto Burdette. incomplete, intended for 81-Lucas Potts.</t>
   </si>
   <si>
-    <t>#41 Edward Kittel - SS</t>
+    <t>#1 Edward Kittel - FS</t>
   </si>
   <si>
     <t>1:56</t>
   </si>
   <si>
     <t>2-10-DET 48 (1:57) 10-Howard Graham sacked at KCY 44 for -8 yards (67-Richard Shah). Sack allowed by 74-Daniel Reece.</t>
   </si>
   <si>
     <t>1:37</t>
   </si>
   <si>
     <t>3-18-KCY 44 (1:36) 37-Thomas Prickett ran to DET 43 for 13 yards. Tackle by 37-James Rusin.</t>
   </si>
   <si>
     <t>1:32</t>
   </si>
   <si>
     <t>1:28</t>
   </si>
   <si>
     <t>DET 43</t>
   </si>
   <si>
     <t>4-5-DET 43 (1:29) 10-Howard Graham sacked at KCY 50 for -7 yards (57-Jeff Vaughn). Sack allowed by 63-Terry Dardar. Turnover on downs.</t>
   </si>