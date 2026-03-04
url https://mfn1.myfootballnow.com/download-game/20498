--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -302,51 +302,51 @@
   <si>
     <t>(15:00) 15-Robert Johnson kicks 75 yards from OAK 35 to CHI -10. Touchback.</t>
   </si>
   <si>
     <t>#38 Peter Hulett - RB</t>
   </si>
   <si>
     <t>#59 Michael Hall - WLB</t>
   </si>
   <si>
     <t>#95 Keven Swain - DT</t>
   </si>
   <si>
     <t>#56 Juan Dryden - WLB</t>
   </si>
   <si>
     <t>#93 Charles Woolery - RDE</t>
   </si>
   <si>
     <t>#91 Charles Hensley - RDE</t>
   </si>
   <si>
     <t>#40 Robert Vasquez - CB</t>
   </si>
   <si>
-    <t>#30 Tyrone Iraheta - CB</t>
+    <t>#22 Tyrone Iraheta - CB</t>
   </si>
   <si>
     <t>#50 Donald Kendricks - WLB</t>
   </si>
   <si>
     <t>#35 Danny Matteson - CB</t>
   </si>
   <si>
     <t>#49 Donald Cronk - CB</t>
   </si>
   <si>
     <t>#15 Robert Johnson - K</t>
   </si>
   <si>
     <t>CHI</t>
   </si>
   <si>
     <t>CHI 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
@@ -356,63 +356,63 @@
   <si>
     <t>#16 Charles Myers - QB</t>
   </si>
   <si>
     <t>#85 Dennis Miller - TE</t>
   </si>
   <si>
     <t>#14 Francisco Medrano - WR</t>
   </si>
   <si>
     <t>#84 Doug King - WR</t>
   </si>
   <si>
     <t>#10 Zachary Varney - WR</t>
   </si>
   <si>
     <t>#77 Robert Desrosiers - LT</t>
   </si>
   <si>
     <t>#67 Tommy Brown - LG</t>
   </si>
   <si>
     <t>#60 Horace Taylor - C</t>
   </si>
   <si>
-    <t>#66 Kevin Link - RG</t>
+    <t>#62 Kevin Link - RG</t>
   </si>
   <si>
     <t>#71 Caleb Evelyn - RT</t>
   </si>
   <si>
     <t>#94 Eric Schmitt - LDE</t>
   </si>
   <si>
-    <t>#72 James Patton - DT</t>
-[...2 lines deleted...]
-    <t>#73 Clayton Brown - DT</t>
+    <t>#65 James Patton - DT</t>
+  </si>
+  <si>
+    <t>#70 Clayton Brown - DT</t>
   </si>
   <si>
     <t>#79 Philip Cottrell - RDE</t>
   </si>
   <si>
     <t>#50 Curt Price - MLB</t>
   </si>
   <si>
     <t>#45 William Donnelly - WLB</t>
   </si>
   <si>
     <t>#26 Charles Wells - CB</t>
   </si>
   <si>
     <t>#28 Donald Lincoln - CB</t>
   </si>
   <si>
     <t>#27 Gary Morse - CB</t>
   </si>
   <si>
     <t>#35 John Reynolds - SS</t>
   </si>
   <si>
     <t>#49 Coleman Cooper - FS</t>
   </si>
@@ -422,132 +422,132 @@
   <si>
     <t>CHI 35</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-CHI 35 (14:25) 16-Charles Myers pass complete to 84-Doug King to CHI 50 for 15 yards. 84-Doug King FUMBLES (50-Curt Price) recovered by OAK-50-Curt Price to CHI 36 for 17 yards. OAK 49-Coleman Cooper was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>CHI 36</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>1-10-CHI 36 (14:16) 31-Gerald Hanes ran to CHI 11 for 24 yards. Tackle by 49-Alex Sellers. PENALTY - Holding (OAK 74-Lyndon Drake)</t>
   </si>
   <si>
-    <t>#18 John Wade - QB</t>
-[...2 lines deleted...]
-    <t>#31 Gerald Hanes - RB</t>
+    <t>#13 John Wade - QB</t>
+  </si>
+  <si>
+    <t>#34 Gerald Hanes - RB</t>
   </si>
   <si>
     <t>#89 Frank Jones - TE</t>
   </si>
   <si>
     <t>#83 Larry Santos - WR</t>
   </si>
   <si>
     <t>#19 Floyd Treat - WR</t>
   </si>
   <si>
     <t>#10 Kenneth Nale - WR</t>
   </si>
   <si>
     <t>#53 Ray Dahl - RT</t>
   </si>
   <si>
     <t>#60 John Wright - LG</t>
   </si>
   <si>
     <t>#57 Donald Wolfe - C</t>
   </si>
   <si>
     <t>#74 Lyndon Drake - RG</t>
   </si>
   <si>
     <t>#67 Peter Check - RT</t>
   </si>
   <si>
     <t>#73 Edward Ashby - DT</t>
   </si>
   <si>
     <t>#76 Darryl Hurt - DT</t>
   </si>
   <si>
-    <t>#51 Angelo Sadler - MLB</t>
+    <t>#99 Angelo Sadler - MLB</t>
   </si>
   <si>
     <t>#49 Alex Sellers - FS</t>
   </si>
   <si>
     <t>14:09</t>
   </si>
   <si>
     <t>CHI 46</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-20-CHI 46 (14:10) 18-John Wade pass complete to 89-Frank Jones to CHI 37 for 9 yards. Tackle by 51-Angelo Sadler. Nice job by 89-Frank Jones on that route to lose his coverage.</t>
   </si>
   <si>
     <t>#33 Steven Zimmerman - FB</t>
   </si>
   <si>
-    <t>#69 John Burns - RDE</t>
+    <t>#90 John Burns - RDE</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>CHI 37</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-11-CHI 37 (13:37) 31-Gerald Hanes ran to CHI 30 for 6 yards. Tackle by 49-Donald Cronk. PENALTY - Facemask (CHI 69-John Burns)</t>
   </si>
   <si>
-    <t>#32 Merle Pace - RB</t>
+    <t>#32 Merle Pace - WR</t>
   </si>
   <si>
     <t>#88 Mark Velez - TE</t>
   </si>
   <si>
     <t>13:34</t>
   </si>
   <si>
     <t>CHI 15</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-CHI 15 (13:35) 19-Floyd Treat ran to CHI 12 for 3 yards. Tackle by 56-Juan Dryden.</t>
   </si>
   <si>
     <t>12:52</t>
   </si>
   <si>
     <t>CHI 12</t>
   </si>
@@ -575,78 +575,78 @@
   <si>
     <t>#65 Jared Rundle - RT</t>
   </si>
   <si>
     <t>12:05</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(12:06) Extra point GOOD by 15-Robert Johnson. OAK 7 CHI 0</t>
   </si>
   <si>
     <t>#14 John Toro - QB</t>
   </si>
   <si>
     <t>#71 Blaine Malmberg - DT</t>
   </si>
   <si>
     <t>#58 Rickey Cagle - C</t>
   </si>
   <si>
-    <t>#62 Mike Cunha - LG</t>
+    <t>#66 Mike Cunha - LG</t>
   </si>
   <si>
     <t>#58 Darnell Cloutier - MLB</t>
   </si>
   <si>
-    <t>#53 Michael Alexander - MLB</t>
+    <t>#98 Michael Alexander - MLB</t>
   </si>
   <si>
     <t>#97 David Dalton - DT</t>
   </si>
   <si>
     <t>(12:06) 15-Robert Johnson kicks 74 yards from OAK 35 to CHI -9. Touchback.</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>3-4 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-CHI 25 (12:06) 38-Peter Hulett ran to CHI 26 for 1 yards. Tackle by 79-Philip Cottrell.</t>
   </si>
   <si>
     <t>#80 Brent Rendon - WR</t>
   </si>
   <si>
-    <t>#48 Robert Carter - SLB</t>
+    <t>#2 Robert Carter - WLB</t>
   </si>
   <si>
     <t>#92 Edward Butler - MLB</t>
   </si>
   <si>
     <t>11:25</t>
   </si>
   <si>
     <t>CHI 26</t>
   </si>
   <si>
     <t>Singleback Normal FL Post</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>2-9-CHI 26 (11:24) 16-Charles Myers pass Pass knocked down by 26-Charles Wells. incomplete, intended for 14-Francisco Medrano.</t>
   </si>
   <si>
     <t>11:19</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
@@ -1250,51 +1250,51 @@
   <si>
     <t>1:41</t>
   </si>
   <si>
     <t>OAK 27</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>3-7-OAK 27 (1:42) 16-Charles Myers pass complete to 38-Peter Hulett to OAK 24 for 3 yards. Tackle by 48-Robert Carter.</t>
   </si>
   <si>
     <t>1:06</t>
   </si>
   <si>
     <t>OAK 24</t>
   </si>
   <si>
     <t>4-4-OAK 24 (1:05) 3-Russell Everett 42 yard field goal is GOOD. OAK 17 CHI 3</t>
   </si>
   <si>
     <t>#3 Russell Everett - K</t>
   </si>
   <si>
-    <t>#61 Kevin Alder - C</t>
+    <t>#56 Kevin Alder - C</t>
   </si>
   <si>
     <t>#70 Tommy Fulton - DT</t>
   </si>
   <si>
     <t>1:01</t>
   </si>
   <si>
     <t>(1:02) 3-Russell Everett kicks 65 yards from CHI 35 to OAK 0. 19-Floyd Treat to OAK 30 for 31 yards. Tackle by 3-Russell Everett.</t>
   </si>
   <si>
     <t>#23 Kenneth Well - CB</t>
   </si>
   <si>
     <t>0:55</t>
   </si>
   <si>
     <t>1-10-OAK 30 (0:56) 31-Gerald Hanes ran to OAK 32 for 2 yards. Tackle by 73-Edward Ashby. OAK 31-Gerald Hanes was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>0:12</t>
   </si>
   <si>
     <t>2-8-OAK 32 (0:11) 32-Merle Pace ran to OAK 37 for 5 yards. Tackle by 30-Tyrone Iraheta.</t>
   </si>
@@ -1544,51 +1544,51 @@
   <si>
     <t>2-8-OAK 27 (3:21) 32-Merle Pace ran to OAK 29 for 2 yards. Tackle by 95-Keven Swain. OAK 57-Donald Wolfe was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>2:47</t>
   </si>
   <si>
     <t>3-6-OAK 29 (2:46) 19-Floyd Treat ran to OAK 29 for 1 yards. Tackle by 50-Donald Kendricks.</t>
   </si>
   <si>
     <t>2:05</t>
   </si>
   <si>
     <t>4-6-OAK 29 (2:04) 6-Jackie Davis punts 51 yards to CHI 20. 38-Peter Hulett to CHI 28 for 8 yards. Tackle by 26-Charles Wells.</t>
   </si>
   <si>
     <t>1:55</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-CHI 28 (1:56) 16-Charles Myers pass incomplete, dropped by 10-Zachary Varney. Pressure by 94-Eric Schmitt.</t>
   </si>
   <si>
-    <t>#43 Lawrence Judd - MLB</t>
+    <t>#43 Lawrence Judd - SLB</t>
   </si>
   <si>
     <t>2-10-CHI 28 (1:52) 38-Peter Hulett ran to CHI 36 for 9 yards. Tackle by 35-John Reynolds.</t>
   </si>
   <si>
     <t>1:12</t>
   </si>
   <si>
     <t>3-1-CHI 36 (1:11) 16-Charles Myers sacked at CHI 28 for -9 yards (94-Eric Schmitt). Sack allowed by 67-Tommy Brown.</t>
   </si>
   <si>
     <t>0:35</t>
   </si>
   <si>
     <t>4-10-CHI 28 (0:34) 1-Brian Batista punts 50 yards to OAK 22. 19-Floyd Treat to OAK 25 for 3 yards. Tackle by 91-Charles Hensley.</t>
   </si>
   <si>
     <t>0:25</t>
   </si>
   <si>
     <t>1-10-OAK 25 (0:26) 31-Gerald Hanes ran to OAK 27 for 2 yards. Tackle by 73-Edward Ashby.</t>
   </si>
   <si>
     <t>End of third quarter.</t>
   </si>