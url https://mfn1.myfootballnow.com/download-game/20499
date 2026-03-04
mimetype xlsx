--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -290,336 +290,336 @@
   <si>
     <t>DAL</t>
   </si>
   <si>
     <t>DAL 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 77-Clifford Marcus kicks 45 yards from DAL 35 to GBY 20. 45-James Haug to GBY 35 for 15 yards. 45-James Haug FUMBLES (49-Aron Roberts) recovered by DAL-70-Thomas Marino at GBY 36. Tackle by 98-James Caldwell.</t>
   </si>
   <si>
     <t>#45 James Haug - RB</t>
   </si>
   <si>
     <t>#60 Walter Acosta - DT</t>
   </si>
   <si>
     <t>#78 Micheal Marine - RDE</t>
   </si>
   <si>
-    <t>#99 Nelson Macrae - MLB</t>
-[...2 lines deleted...]
-    <t>#28 David Griffin - FS</t>
+    <t>#96 Nelson Macrae - MLB</t>
+  </si>
+  <si>
+    <t>#35 David Griffin - FS</t>
   </si>
   <si>
     <t>#79 Joe Pendergrass - RDE</t>
   </si>
   <si>
     <t>#21 Matt Johnson - CB</t>
   </si>
   <si>
     <t>#96 John Chamlee - MLB</t>
   </si>
   <si>
     <t>#93 Thomas Murphy - SLB</t>
   </si>
   <si>
     <t>#43 Delbert Gwyn - SS</t>
   </si>
   <si>
-    <t>#98 James Caldwell - WLB</t>
-[...2 lines deleted...]
-    <t>#77 Clifford Marcus - LT</t>
+    <t>#54 James Caldwell - WLB</t>
+  </si>
+  <si>
+    <t>#67 Clifford Marcus - LT</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>GBY 36</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-GBY 36 (14:57) 2-Joey Bowers ran to GBY 29 for 7 yards. Tackle by 43-Delbert Gwyn.</t>
   </si>
   <si>
-    <t>#4 Patrick Camp - QB</t>
-[...29 lines deleted...]
-    <t>#75 Anthony Thomas - RT</t>
+    <t>#2 Patrick Camp - QB</t>
+  </si>
+  <si>
+    <t>#6 Joey Bowers - RB</t>
+  </si>
+  <si>
+    <t>#11 Albert Ponce - RB</t>
+  </si>
+  <si>
+    <t>#60 Leroy Zimmerman - RG</t>
+  </si>
+  <si>
+    <t>#88 Ian Isenhour - TE</t>
+  </si>
+  <si>
+    <t>#63 Edward Meador - LG</t>
+  </si>
+  <si>
+    <t>#68 Harrison Walters - LT</t>
+  </si>
+  <si>
+    <t>#61 Ryan Pak - LG</t>
+  </si>
+  <si>
+    <t>#59 Joseph Nathan - C</t>
+  </si>
+  <si>
+    <t>#61 Robert Scott - LG</t>
+  </si>
+  <si>
+    <t>#55 Anthony Thomas - RT</t>
   </si>
   <si>
     <t>#92 Robert Montgomery - LDE</t>
   </si>
   <si>
     <t>#93 Lyle Gleason - RDE</t>
   </si>
   <si>
     <t>#72 Luther Kincaid - DT</t>
   </si>
   <si>
     <t>#55 Gary McKinney - SLB</t>
   </si>
   <si>
     <t>#24 Jason Estes - CB</t>
   </si>
   <si>
     <t>#23 Matt Seaborn - CB</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>GBY 29</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>2-3-GBY 29 (14:14) 4-Patrick Camp pass complete to 88-Roger Firth for 29 yards. TOUCHDOWN! DAL 6 GBY 0</t>
   </si>
   <si>
-    <t>#24 Adam Byler - RB</t>
-[...8 lines deleted...]
-    <t>#67 Vincent Swenson - C</t>
+    <t>#5 Adam Byler - RB</t>
+  </si>
+  <si>
+    <t>#12 Benjamin Nguyen - WR</t>
+  </si>
+  <si>
+    <t>#9 Roger Firth - WR</t>
+  </si>
+  <si>
+    <t>#58 Vincent Swenson - C</t>
   </si>
   <si>
     <t>#41 Floyd Jackson - SS</t>
   </si>
   <si>
     <t>14:09</t>
   </si>
   <si>
     <t>GBY 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(14:10) Extra point by 77-Clifford Marcus is NO GOOD. (Wide Right)</t>
   </si>
   <si>
     <t>#95 Edward Ortiz - RDE</t>
   </si>
   <si>
     <t>#85 Jeffrey Castillo - TE</t>
   </si>
   <si>
     <t>#54 Robert Schaefer - SLB</t>
   </si>
   <si>
-    <t>#70 Paul Moses - LDE</t>
+    <t>#70 Paul Moses - RDE</t>
   </si>
   <si>
     <t>(14:10) 77-Clifford Marcus kicks 59 yards from DAL 35 to GBY 6. 45-James Haug to GBY 37 for 31 yards. Tackle by 77-Clifford Marcus.</t>
   </si>
   <si>
     <t>GBY</t>
   </si>
   <si>
     <t>14:03</t>
   </si>
   <si>
     <t>GBY 37</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-GBY 37 (14:04) 30-Edward Doran ran to GBY 40 for 3 yards. Tackle by 25-Robert Murphy.</t>
   </si>
   <si>
     <t>#8 Kirk Harrelson - QB</t>
   </si>
   <si>
     <t>#30 Edward Doran - RB</t>
   </si>
   <si>
-    <t>#34 James Wallace - RB</t>
+    <t>#87 James Wallace - TE</t>
   </si>
   <si>
     <t>#21 Tom Basil - FB</t>
   </si>
   <si>
-    <t>#84 James Jones - TE</t>
+    <t>#86 James Jones - TE</t>
   </si>
   <si>
     <t>#86 Adam Cate - WR</t>
   </si>
   <si>
     <t>#66 Gordon Brickley - LT</t>
   </si>
   <si>
     <t>#50 John Carpenter - LG</t>
   </si>
   <si>
-    <t>#73 David McClain - C</t>
+    <t>#75 David McClain - C</t>
   </si>
   <si>
     <t>#67 John Socha - RT</t>
   </si>
   <si>
-    <t>#68 Larry Koehler - LT</t>
-[...5 lines deleted...]
-    <t>#93 Sean Boyce - LDE</t>
+    <t>#75 Larry Koehler - RT</t>
+  </si>
+  <si>
+    <t>#95 William Cleveland - DT</t>
+  </si>
+  <si>
+    <t>#54 Sean Boyce - RDE</t>
   </si>
   <si>
     <t>#98 Dustin Vanish - RDE</t>
   </si>
   <si>
-    <t>#70 Thomas Marino - DT</t>
-[...11 lines deleted...]
-    <t>#36 Christopher Cohen - CB</t>
+    <t>#90 Thomas Marino - DT</t>
+  </si>
+  <si>
+    <t>#76 Joseph Lamb - RDE</t>
+  </si>
+  <si>
+    <t>#91 Juan Biller - MLB</t>
+  </si>
+  <si>
+    <t>#37 Kevin Tapp - SS</t>
+  </si>
+  <si>
+    <t>#22 Christopher Cohen - CB</t>
   </si>
   <si>
     <t>#25 Robert Murphy - CB</t>
   </si>
   <si>
     <t>#33 William Honaker - FS</t>
   </si>
   <si>
     <t>13:20</t>
   </si>
   <si>
     <t>GBY 40</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-7-GBY 40 (13:19) 8-Kirk Harrelson ran to DAL 45 for 15 yards. 8-Kirk Harrelson slides to avoid being hit.</t>
   </si>
   <si>
     <t>#12 Robert Smith - WR</t>
   </si>
   <si>
     <t>#13 Clay Tobias - WR</t>
   </si>
   <si>
     <t>#61 Orlando Miller - RG</t>
   </si>
   <si>
     <t>#73 Wade Friese - DT</t>
   </si>
   <si>
     <t>#49 Aron Roberts - CB</t>
   </si>
   <si>
     <t>#23 Edgar Atkinson - CB</t>
   </si>
   <si>
-    <t>#41 Charles Wotring - FS</t>
+    <t>#6 Charles Wotring - FS</t>
   </si>
   <si>
     <t>12:44</t>
   </si>
   <si>
     <t>DAL 45</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>1-10-DAL 45 (12:43) 8-Kirk Harrelson pass Pass knocked down by 41-Charles Wotring. incomplete, intended for 84-James Jones. GBY 73-David McClain was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#88 Robert Pollard - TE</t>
   </si>
   <si>
-    <t>#51 James Franks - MLB</t>
+    <t>#90 James Franks - MLB</t>
   </si>
   <si>
     <t>12:40</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-10-DAL 45 (12:41) 8-Kirk Harrelson pass complete to 45-James Haug to DAL 45 for a short loss. Tackle by 36-Christopher Cohen. Nice job by 45-James Haug on that route to lose his coverage.</t>
   </si>
   <si>
     <t>#58 Albert Burns - C</t>
   </si>
   <si>
     <t>12:08</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>3-10-DAL 45 (12:07) 45-James Haug ran to DAL 34 for 11 yards. 45-James Haug FUMBLES (33-William Honaker) recovered by GBY-13-Clay Tobias to DAL 33 for 1 yards. Tackle by 33-William Honaker.</t>
   </si>
@@ -653,81 +653,81 @@
   <si>
     <t>2-1-DAL 24 (10:53) 30-Edward Doran ran to DAL 25 for -1 yards. Tackle by 93-Sean Boyce.</t>
   </si>
   <si>
     <t>10:14</t>
   </si>
   <si>
     <t>DAL 25</t>
   </si>
   <si>
     <t>3-1-DAL 25 (10:13) 30-Edward Doran ran to DAL 25 for a short gain. Tackle by 91-Joseph Lamb.</t>
   </si>
   <si>
     <t>9:35</t>
   </si>
   <si>
     <t>4-1-DAL 25 (9:34) 3-Michael Dockery 43 yard field goal is GOOD. DAL 6 GBY 3</t>
   </si>
   <si>
     <t>#3 Michael Dockery - K</t>
   </si>
   <si>
     <t>#99 Brian Taylor - DT</t>
   </si>
   <si>
-    <t>#56 Ronnie Ayers - MLB</t>
-[...2 lines deleted...]
-    <t>#57 Charles Couey - WLB</t>
+    <t>#51 Ronnie Ayers - RDE</t>
+  </si>
+  <si>
+    <t>#72 Charles Couey - DT</t>
   </si>
   <si>
     <t>9:30</t>
   </si>
   <si>
     <t>GBY 35</t>
   </si>
   <si>
     <t>(9:31) 3-Michael Dockery kicks 68 yards from GBY 35 to DAL -3. 88-Roger Firth to DAL 27 for 30 yards. Tackle by 96-John Chamlee.</t>
   </si>
   <si>
     <t>9:25</t>
   </si>
   <si>
     <t>DAL 27</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Blitz</t>
   </si>
   <si>
     <t>1-10-DAL 27 (9:26) 4-Patrick Camp pass Pass knocked down by 43-Delbert Gwyn. incomplete, intended for 19-Benjamin Nguyen.</t>
   </si>
   <si>
-    <t>#62 John Lee - RT</t>
+    <t>#69 John Lee - RT</t>
   </si>
   <si>
     <t>#71 Richard McDonald - DT</t>
   </si>
   <si>
     <t>9:22</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-10-DAL 27 (9:23) 2-Joey Bowers ran to DAL 32 for 5 yards. Tackle by 93-Thomas Murphy.</t>
   </si>
   <si>
     <t>8:49</t>
   </si>
   <si>
     <t>DAL 32</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
@@ -791,51 +791,51 @@
   <si>
     <t>5:39</t>
   </si>
   <si>
     <t>GBY 34</t>
   </si>
   <si>
     <t>2-6-GBY 34 (5:38) 2-Joey Bowers ran to GBY 23 for 10 yards. Tackle by 24-Jason Estes.</t>
   </si>
   <si>
     <t>4:56</t>
   </si>
   <si>
     <t>GBY 23</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Corner Post</t>
   </si>
   <si>
     <t>Dime Flat CB3 CB4 Blitz</t>
   </si>
   <si>
     <t>1-10-GBY 23 (4:55) 4-Patrick Camp sacked at GBY 32 for -9 yards (92-Robert Montgomery). Sack allowed by 66-Ryan Pak.</t>
   </si>
   <si>
-    <t>#86 Ricardo Davis - WR</t>
+    <t>#4 Ricardo Davis - WR</t>
   </si>
   <si>
     <t>#83 James Morse - WR</t>
   </si>
   <si>
     <t>4:14</t>
   </si>
   <si>
     <t>GBY 32</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>2-19-GBY 32 (4:13) 2-Joey Bowers ran to GBY 28 for 4 yards. Tackle by 55-Gary McKinney.</t>
   </si>
   <si>
     <t>3:30</t>
   </si>
   <si>
     <t>GBY 28</t>
   </si>
   <si>
     <t>I Formation 3WR PA Fullback Flat</t>
   </si>
@@ -1034,51 +1034,51 @@
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-10-DAL 45 (11:42) 24-Adam Byler ran to DAL 48 for 3 yards. Tackle by 43-Delbert Gwyn.</t>
   </si>
   <si>
     <t>10:59</t>
   </si>
   <si>
     <t>DAL 48</t>
   </si>
   <si>
     <t>3-7-DAL 48 (10:58) 2-Joey Bowers ran to GBY 48 for 4 yards. Tackle by 93-Thomas Murphy.</t>
   </si>
   <si>
     <t>10:18</t>
   </si>
   <si>
     <t>GBY 48</t>
   </si>
   <si>
     <t>4-3-GBY 48 (10:17) Punt BLOCKED by 21-Matt Johnson! recovered by GBY-28-David Griffin at GBY 46. Tackle by 41-Charles Wotring. GBY 78-Micheal Marine was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#13 Pedro Mitchell - K</t>
+    <t>#4 Pedro Mitchell - K</t>
   </si>
   <si>
     <t>10:10</t>
   </si>
   <si>
     <t>1-10-GBY 46 (10:11) 45-James Haug ran to GBY 47 for 2 yards. Tackle by 54-Juan Biller.</t>
   </si>
   <si>
     <t>9:33</t>
   </si>
   <si>
     <t>GBY 47</t>
   </si>
   <si>
     <t>Singleback Big HB Inside Strong</t>
   </si>
   <si>
     <t>2-8-GBY 47 (9:32) 45-James Haug ran to GBY 49 for 2 yards. Tackle by 70-Thomas Marino.</t>
   </si>
   <si>
     <t>3-6-GBY 49 (8:48) 45-James Haug ran to DAL 47 for 4 yards. Tackle by 54-Juan Biller.</t>
   </si>
   <si>
     <t>8:15</t>
   </si>
@@ -1187,51 +1187,51 @@
   <si>
     <t>2:00</t>
   </si>
   <si>
     <t>Timeout for two minute warning.</t>
   </si>
   <si>
     <t>DAL 38</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>3-6-DAL 38 (2:00) 8-Kirk Harrelson pass Pass knocked down by 36-Christopher Cohen. incomplete, intended for 21-Tom Basil.</t>
   </si>
   <si>
     <t>1:56</t>
   </si>
   <si>
     <t>4-6-DAL 38 (1:57) 3-Michael Dockery 56 yard field goal is NO GOOD. (Short) DAL 70-Thomas Marino was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#92 Mike Kline - MLB</t>
+    <t>#52 Mike Kline - MLB</t>
   </si>
   <si>
     <t>1:52</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-DAL 45 (1:53) 4-Patrick Camp pass complete to 88-Roger Firth to GBY 41 for 14 yards. Tackle by 43-Delbert Gwyn.</t>
   </si>
   <si>
     <t>1:50</t>
   </si>
   <si>
     <t>Timeout DAL</t>
   </si>
   <si>
     <t>1:48</t>
   </si>
   <si>
     <t>GBY 41</t>
   </si>
   <si>
     <t>1-10-GBY 41 (1:49) 4-Patrick Camp pass complete to 87-Ian Isenhour to GBY 35 for 7 yards. Tackle by 24-Jason Estes.</t>
   </si>
@@ -1265,63 +1265,63 @@
   <si>
     <t>#86 Manuel Lee - WR</t>
   </si>
   <si>
     <t>0:54</t>
   </si>
   <si>
     <t>GBY 30</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>1-10-GBY 30 (0:53) 4-Patrick Camp pass complete to 24-Adam Byler to GBY 27 for 3 yards. 24-Adam Byler FUMBLES (98-James Caldwell) recovered by DAL-66-Ryan Pak at GBY 27. Tackle by 72-Luther Kincaid.</t>
   </si>
   <si>
     <t>0:32</t>
   </si>
   <si>
     <t>GBY 27</t>
   </si>
   <si>
     <t>2-6-GBY 27 (0:31) 4-Patrick Camp ran to GBY 21 for 6 yards. Tackle by 54-Robert Schaefer.</t>
   </si>
   <si>
-    <t>#26 Ryan Clover - RB</t>
+    <t>#9 Ryan Clover - RB</t>
   </si>
   <si>
     <t>0:26</t>
   </si>
   <si>
     <t>0:22</t>
   </si>
   <si>
     <t>3-1-GBY 21 (0:23) 12-Ronald Anderson sacked at GBY 26 for -4 yards (41-Floyd Jackson)</t>
   </si>
   <si>
-    <t>#12 Ronald Anderson - QB</t>
+    <t>#10 Ronald Anderson - QB</t>
   </si>
   <si>
     <t>0:05</t>
   </si>
   <si>
     <t>4-5-GBY 26 (0:04) 77-Clifford Marcus 44 yard field goal is GOOD. DAL 15 GBY 3</t>
   </si>
   <si>
     <t>0:01</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 3-Michael Dockery kicks 75 yards from GBY 35 to DAL -10. Touchback.</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Flat</t>
   </si>
   <si>
     <t>1-10-DAL 25 (15:00) 4-Patrick Camp pass complete to 2-Joey Bowers to DAL 26 for 1 yards. Tackle by 24-Jason Estes.</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
@@ -1916,51 +1916,51 @@
   <si>
     <t>3:36</t>
   </si>
   <si>
     <t>4-10-DAL 26 (3:37) PENALTY - False Start (DAL 74-Robert Scott)</t>
   </si>
   <si>
     <t>DAL 21</t>
   </si>
   <si>
     <t>4-15-DAL 21 (3:37) 13-Pedro Mitchell punts 23 yards to DAL 43.</t>
   </si>
   <si>
     <t>3:27</t>
   </si>
   <si>
     <t>1-10-DAL 43 (3:28) 45-James Haug ran to DAL 40 for 3 yards. Tackle by 33-William Honaker. GBY 68-Larry Koehler was injured on the play.</t>
   </si>
   <si>
     <t>2:53</t>
   </si>
   <si>
     <t>2-7-DAL 40 (2:52) 30-Edward Doran ran to DAL 45 for -4 yards. Tackle by 96-William Cleveland.</t>
   </si>
   <si>
-    <t>#64 Edward Dennis - RG</t>
+    <t>#62 Edward Dennis - LG</t>
   </si>
   <si>
     <t>2:31</t>
   </si>
   <si>
     <t>3-11-DAL 45 (2:30) 8-Kirk Harrelson pass complete to 45-James Haug to DAL 44 for 1 yards. Tackle by 54-Juan Biller. Great move by 45-James Haug to get free of his coverage.</t>
   </si>
   <si>
     <t>4-11-DAL 44 (1:55) 1-Mark Hamill punts 31 yards to DAL 13.</t>
   </si>
   <si>
     <t>1:47</t>
   </si>
   <si>
     <t>DAL 13</t>
   </si>
   <si>
     <t>1-10-DAL 13 (1:48) 4-Patrick Camp pass complete to 19-Benjamin Nguyen to DAL 15 for 3 yards. Tackle by 28-David Griffin. DAL 64-Harrison Walters was injured on the play.</t>
   </si>
   <si>
     <t>1:41</t>
   </si>
   <si>
     <t>2-7-DAL 15 (1:42) 4-Patrick Camp pass incomplete, intended for 87-Ian Isenhour. DAL 66-Ryan Pak was injured on the play.</t>
   </si>
@@ -2349,104 +2349,104 @@
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="320.779" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="21" max="21" width="26.993" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="23" max="23" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="24.708" bestFit="true" customWidth="true" style="0"/>
-    <col min="51" max="51" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="51" max="51" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="74" max="74" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>