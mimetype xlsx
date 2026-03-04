--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -527,51 +527,51 @@
   <si>
     <t>#78 Howard Green - C</t>
   </si>
   <si>
     <t>#67 John Smith - RG</t>
   </si>
   <si>
     <t>#52 Joseph Hicks - RT</t>
   </si>
   <si>
     <t>#75 Charles Lofton - LDE</t>
   </si>
   <si>
     <t>#97 Richard Taliaferro - DT</t>
   </si>
   <si>
     <t>#90 Amos Ong - RDE</t>
   </si>
   <si>
     <t>#45 Donald Reed - CB</t>
   </si>
   <si>
     <t>#29 Casey Stephens - SS</t>
   </si>
   <si>
-    <t>#40 Kevin Rennie - FS</t>
+    <t>#49 Kevin Rennie - FS</t>
   </si>
   <si>
     <t>12:52</t>
   </si>
   <si>
     <t>SFO 49</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-7-SFO 49 (12:51) 21-Samuel Burke ran to SFO 43 for 6 yards. Tackle by 90-Amos Ong.</t>
   </si>
   <si>
     <t>#45 William Pickett - RB</t>
   </si>
   <si>
     <t>#81 Jerry Steffens - TE</t>
   </si>
   <si>
     <t>#82 Jerome Parish - TE</t>
   </si>