--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -287,315 +287,315 @@
   <si>
     <t>ATL has won the toss and elected to defer.</t>
   </si>
   <si>
     <t>ATL</t>
   </si>
   <si>
     <t>ATL 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 9-Stephen Figaro kicks 70 yards from ATL 35 to CAR -5. 32-Chris Harrington to CAR 23 for 28 yards. Tackle by 54-Jimmie Robinson.</t>
   </si>
   <si>
     <t>#32 Chris Harrington - RB</t>
   </si>
   <si>
     <t>#82 Kirk Oakes - TE</t>
   </si>
   <si>
-    <t>#66 Matthew Eskridge - RT</t>
+    <t>#77 Matthew Eskridge - RT</t>
   </si>
   <si>
     <t>#23 Scott Anderson - CB</t>
   </si>
   <si>
     <t>#90 John Betts - MLB</t>
   </si>
   <si>
     <t>#98 Joseph Olson - MLB</t>
   </si>
   <si>
     <t>#61 Jonathan Runyan - DT</t>
   </si>
   <si>
     <t>#37 Jamey Jim - CB</t>
   </si>
   <si>
     <t>#79 David Epstein - LDE</t>
   </si>
   <si>
     <t>#94 Garland Lauritzen - MLB</t>
   </si>
   <si>
-    <t>#18 Conrad Bailey - WR</t>
+    <t>#81 Conrad Bailey - WR</t>
   </si>
   <si>
     <t>#9 Stephen Figaro - K</t>
   </si>
   <si>
     <t>CAR</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>CAR 23</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-CAR 23 (14:56) 4-Harold Webb pass incomplete, intended for 88-Brandon Barnes.</t>
   </si>
   <si>
     <t>#4 Harold Webb - QB</t>
   </si>
   <si>
     <t>#29 Robert Probst - RB</t>
   </si>
   <si>
     <t>#33 Lewis Derossett - FB</t>
   </si>
   <si>
     <t>#88 Brandon Barnes - TE</t>
   </si>
   <si>
-    <t>#85 Max Turner - WR</t>
-[...2 lines deleted...]
-    <t>#17 Kenneth Berry - WR</t>
+    <t>#12 Max Turner - WR</t>
+  </si>
+  <si>
+    <t>#15 Kenneth Berry - WR</t>
   </si>
   <si>
     <t>#70 Charles Houston - LT</t>
   </si>
   <si>
-    <t>#60 Erin Hale - LG</t>
+    <t>#76 Erin Hale - LT</t>
   </si>
   <si>
     <t>#51 Evan Bridges - C</t>
   </si>
   <si>
     <t>#67 Charles Smith - RG</t>
   </si>
   <si>
     <t>#94 Jose Scott - LDE</t>
   </si>
   <si>
     <t>#91 Joshua Cargile - DT</t>
   </si>
   <si>
-    <t>#97 Louis Spurgeon - LDE</t>
+    <t>#52 Louis Spurgeon - LDE</t>
   </si>
   <si>
     <t>#98 Chester Johnson - RDE</t>
   </si>
   <si>
     <t>#56 Rayford Russell - SLB</t>
   </si>
   <si>
-    <t>#59 James Taylor - MLB</t>
+    <t>#4 James Taylor - FS</t>
   </si>
   <si>
     <t>#95 Joseph Nunez - WLB</t>
   </si>
   <si>
     <t>#28 John Porter - CB</t>
   </si>
   <si>
     <t>#34 Todd Brouwer - CB</t>
   </si>
   <si>
     <t>#2 Malcom Brown - SS</t>
   </si>
   <si>
     <t>#26 Robert Lamberton - FS</t>
   </si>
   <si>
     <t>14:50</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Normal Cover 2 MLB Blitz</t>
   </si>
   <si>
     <t>2-10-CAR 23 (14:51) 29-Robert Probst ran to CAR 23 for 1 yards. Tackle by 91-Joshua Cargile.</t>
   </si>
   <si>
-    <t>#96 Michael Jacks - DT</t>
+    <t>#73 Michael Jacks - DT</t>
   </si>
   <si>
     <t>#40 Justin Mizell - CB</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>3-9-CAR 23 (14:18) 4-Harold Webb pass incomplete, dropped by 17-Kenneth Berry.</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-9-CAR 23 (14:14) 13-Dustin Christensen punts 49 yards to ATL 27. 11-David Wilkins to ATL 34 for 7 yards. Tackle by 98-Joseph Olson.</t>
   </si>
   <si>
-    <t>#13 Dustin Christensen - P</t>
+    <t>#4 Dustin Christensen - P</t>
   </si>
   <si>
     <t>#11 David Wilkins - WR</t>
   </si>
   <si>
     <t>#83 Henry Allen - TE</t>
   </si>
   <si>
     <t>#24 Jeffrey Oreilly - CB</t>
   </si>
   <si>
     <t>#30 Jack Prescott - FS</t>
   </si>
   <si>
-    <t>#99 Jimmy Deleon - MLB</t>
+    <t>#56 Jimmy Deleon - MLB</t>
   </si>
   <si>
     <t>#75 Richard Gullion - RT</t>
   </si>
   <si>
     <t>#77 Raymond Johnson - LT</t>
   </si>
   <si>
     <t>#43 Doug Boone - MLB</t>
   </si>
   <si>
     <t>#52 Jay Davis - WLB</t>
   </si>
   <si>
     <t>14:05</t>
   </si>
   <si>
     <t>ATL 34</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-ATL 34 (14:06) 1-Rodney McRoberts pass complete to 81-Toby Gill to ATL 41 for 7 yards. Tackle by 94-Garland Lauritzen.</t>
   </si>
   <si>
     <t>#1 Rodney McRoberts - QB</t>
   </si>
   <si>
     <t>#47 Frank Upshaw - RB</t>
   </si>
   <si>
     <t>#81 Toby Gill - TE</t>
   </si>
   <si>
-    <t>#10 Elliot Stephenson - WR</t>
+    <t>#11 Elliot Stephenson - WR</t>
   </si>
   <si>
     <t>#80 Sean Munoz - WR</t>
   </si>
   <si>
     <t>#82 Alfred Colvin - WR</t>
   </si>
   <si>
     <t>#63 Edward Collins - LT</t>
   </si>
   <si>
     <t>#50 Brian Smith - LG</t>
   </si>
   <si>
     <t>#78 Robert Williams - C</t>
   </si>
   <si>
     <t>#77 Jose Herrera - RG</t>
   </si>
   <si>
     <t>#75 Hector Burr - RT</t>
   </si>
   <si>
     <t>#96 Gerald Chappell - LDE</t>
   </si>
   <si>
-    <t>#53 Albert Harvey - WLB</t>
+    <t>#91 Albert Harvey - WLB</t>
   </si>
   <si>
     <t>#30 Everett Watson - CB</t>
   </si>
   <si>
     <t>#27 Kenneth King - SS</t>
   </si>
   <si>
     <t>#48 James Carswell - SS</t>
   </si>
   <si>
     <t>#27 Bernie Bell - FS</t>
   </si>
   <si>
     <t>13:29</t>
   </si>
   <si>
     <t>ATL 41</t>
   </si>
   <si>
     <t>I Formation Big HB Counter Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>2-3-ATL 41 (13:28) 47-Frank Upshaw ran to ATL 45 for 4 yards. Tackle by 23-Scott Anderson.</t>
   </si>
   <si>
-    <t>#31 James Fitzpatrick - FB</t>
+    <t>#41 James Fitzpatrick - FB</t>
   </si>
   <si>
     <t>#86 David Fultz - TE</t>
   </si>
   <si>
     <t>#56 Shaun Edwards - LDE</t>
   </si>
   <si>
     <t>#69 William Hamilton - DT</t>
   </si>
   <si>
     <t>12:49</t>
   </si>
   <si>
     <t>ATL 45</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-ATL 45 (12:48) 1-Rodney McRoberts pass complete to 81-Toby Gill to CAR 49 for 6 yards. Tackle by 23-Scott Anderson.</t>
   </si>
@@ -1571,51 +1571,51 @@
   <si>
     <t>11:57</t>
   </si>
   <si>
     <t>1-10-CAR 6 (11:58) 29-Robert Probst ran to CAR 6 for 1 yards. Tackle by 94-Jose Scott.</t>
   </si>
   <si>
     <t>11:15</t>
   </si>
   <si>
     <t>Nickel Strong CB3 Blitz Zone</t>
   </si>
   <si>
     <t>2-9-CAR 6 (11:14) 29-Robert Probst ran to CAR 6 for a short loss. Tackle by 34-Todd Brouwer. CAR 51-Evan Bridges was injured on the play.</t>
   </si>
   <si>
     <t>10:32</t>
   </si>
   <si>
     <t>Dime Normal Prevent</t>
   </si>
   <si>
     <t>3-10-CAR 6 (10:31) 4-Harold Webb pass complete to 17-Kenneth Berry to CAR 16 for 11 yards. Tackle by 98-Chester Johnson.</t>
   </si>
   <si>
-    <t>#64 John Varney - C</t>
+    <t>#70 John Varney - C</t>
   </si>
   <si>
     <t>9:52</t>
   </si>
   <si>
     <t>1-10-CAR 16 (9:51) 4-Harold Webb pass complete to 88-Brandon Barnes to CAR 19 for 2 yards. Tackle by 28-John Porter.</t>
   </si>
   <si>
     <t>9:07</t>
   </si>
   <si>
     <t>2-8-CAR 19 (9:06) 29-Robert Probst ran to CAR 17 for -2 yards. Tackle by 95-Joseph Nunez.</t>
   </si>
   <si>
     <t>8:23</t>
   </si>
   <si>
     <t>3-10-CAR 17 (8:22) 4-Harold Webb pass Pass knocked down by 95-Joseph Nunez. incomplete, intended for 29-Robert Probst.</t>
   </si>
   <si>
     <t>8:19</t>
   </si>
   <si>
     <t>4-10-CAR 17 (8:20) 13-Dustin Christensen punts 51 yards to ATL 32. 11-David Wilkins FUMBLES recovered by ATL-11-David Wilkins to ATL 34 for 3 yards. Tackle by 23-Scott Anderson.</t>
   </si>
@@ -2193,69 +2193,69 @@
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="292.5" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>