--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -290,75 +290,75 @@
   <si>
     <t>TEN</t>
   </si>
   <si>
     <t>TEN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Scott Hutchinson kicks 66 yards from TEN 35 to IND -1. 11-Lorenzo Davis to IND 36 for 37 yards. Tackle by 7-Paul Thompson.</t>
   </si>
   <si>
     <t>#11 Lorenzo Davis - WR</t>
   </si>
   <si>
     <t>#32 Jonathan Nicholson - FS</t>
   </si>
   <si>
     <t>#29 Kelly Dozier - SS</t>
   </si>
   <si>
-    <t>#68 Darryl Leslie - DT</t>
+    <t>#67 Darryl Leslie - DT</t>
   </si>
   <si>
     <t>#34 Richard Peeples - FS</t>
   </si>
   <si>
     <t>#99 George Ellis - DT</t>
   </si>
   <si>
-    <t>#1 Aaron Hower - FS</t>
-[...2 lines deleted...]
-    <t>#37 Gene Sanders - FS</t>
+    <t>#42 Aaron Hower - FS</t>
+  </si>
+  <si>
+    <t>#28 Gene Sanders - CB</t>
   </si>
   <si>
     <t>#59 John Lee - MLB</t>
   </si>
   <si>
     <t>#58 Eric Cruz - MLB</t>
   </si>
   <si>
     <t>#55 Monroe Legendre - MLB</t>
   </si>
   <si>
-    <t>#3 Scott Hutchinson - K</t>
+    <t>#9 Scott Hutchinson - K</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>14:53</t>
   </si>
   <si>
     <t>IND 36</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel Strong FS WLB Blitz</t>
   </si>
   <si>
     <t>1-10-IND 36 (14:54) 20-Jeffry Douglas ran to IND 45 for 9 yards. Tackle by 27-Michael Baird.</t>
   </si>
   <si>
     <t>#6 Brady Durst - QB</t>
   </si>
   <si>
     <t>#41 Robert Palmer - RB</t>
   </si>
@@ -389,108 +389,108 @@
   <si>
     <t>#66 Gregory Adams - RT</t>
   </si>
   <si>
     <t>#61 Matthew Collins - RDE</t>
   </si>
   <si>
     <t>#77 William Gallegos - DT</t>
   </si>
   <si>
     <t>#93 Sean Bowen - DT</t>
   </si>
   <si>
     <t>#58 Lance Maxwell - RDE</t>
   </si>
   <si>
     <t>#98 Alton Lowry - MLB</t>
   </si>
   <si>
     <t>#94 Alfonso Farnsworth - WLB</t>
   </si>
   <si>
     <t>#20 William Cottle - CB</t>
   </si>
   <si>
-    <t>#48 Michael Monroe - CB</t>
+    <t>#27 Michael Monroe - CB</t>
   </si>
   <si>
     <t>#23 Joseph Carlisle - CB</t>
   </si>
   <si>
     <t>#27 Michael Baird - SS</t>
   </si>
   <si>
     <t>#25 Robert Delmonte - FS</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>IND 45</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>2-1-IND 45 (14:15) 6-Brady Durst pass complete to 14-Robert Patterson to TEN 47 for 9 yards. Tackle by 48-Michael Monroe.</t>
   </si>
   <si>
     <t>#87 Willie Collard - TE</t>
   </si>
   <si>
     <t>#72 Truman Ojeda - C</t>
   </si>
   <si>
     <t>13:34</t>
   </si>
   <si>
     <t>TEN 47</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-TEN 47 (13:33) 41-Robert Palmer ran to TEN 44 for 2 yards. Tackle by 98-Alton Lowry.</t>
   </si>
   <si>
     <t>#46 James Reeves - FB</t>
   </si>
   <si>
-    <t>#85 Brian Maag - TE</t>
+    <t>#89 Brian Maag - TE</t>
   </si>
   <si>
     <t>#53 Franklin Burch - RDE</t>
   </si>
   <si>
-    <t>#97 Joseph Klein - SLB</t>
+    <t>#96 Joseph Klein - SLB</t>
   </si>
   <si>
     <t>12:55</t>
   </si>
   <si>
     <t>TEN 44</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>2-8-TEN 44 (12:54) 41-Robert Palmer ran to TEN 41 for 3 yards. Tackle by 98-Alton Lowry.</t>
   </si>
   <si>
     <t>12:21</t>
   </si>
   <si>
     <t>TEN 41</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
@@ -575,51 +575,51 @@
   <si>
     <t>#83 David Knight - TE</t>
   </si>
   <si>
     <t>#14 Gary Estrada - WR</t>
   </si>
   <si>
     <t>#56 Michael Foster - LT</t>
   </si>
   <si>
     <t>#68 John Merriweather - C</t>
   </si>
   <si>
     <t>#74 Walter Reed - RG</t>
   </si>
   <si>
     <t>#52 Scott Ward - RT</t>
   </si>
   <si>
     <t>#95 Herbert Hage - LDE</t>
   </si>
   <si>
     <t>#74 Willie Nauman - DT</t>
   </si>
   <si>
-    <t>#78 Patrick Mathis - RDE</t>
+    <t>#93 Patrick Mathis - RDE</t>
   </si>
   <si>
     <t>#50 Edward Colon - WLB</t>
   </si>
   <si>
     <t>11:01</t>
   </si>
   <si>
     <t>TEN 29</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>2-6-TEN 29 (11:00) 11-Richard Casey pass complete to 38-Tom Rogers to TEN 34 for 5 yards. Tackle by 54-Benjamin Tramel.</t>
   </si>
   <si>
     <t>10:19</t>
   </si>
   <si>
     <t>TEN 34</t>
   </si>
@@ -974,51 +974,51 @@
   <si>
     <t>IND 50</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>1-10-IND 50 (12:05) 46-Lester Coltrane ran to IND 47 for 3 yards. Tackle by 59-John Lee.</t>
   </si>
   <si>
     <t>11:28</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>2-7-IND 47 (11:27) 46-Lester Coltrane ran to IND 33 for 14 yards. Tackle by 1-Aaron Hower.</t>
   </si>
   <si>
     <t>10:44</t>
   </si>
   <si>
     <t>1-10-IND 33 (10:43) 11-Richard Casey pass complete to 14-Gary Estrada to IND 30 for 3 yards. Tackle by 34-Richard Peeples.</t>
   </si>
   <si>
-    <t>#43 Richard Moore - RB</t>
+    <t>#40 Richard Moore - RB</t>
   </si>
   <si>
     <t>10:01</t>
   </si>
   <si>
     <t>IND 30</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>2-7-IND 30 (10:00) 11-Richard Casey pass complete to 83-David Knight to IND 28 for 2 yards. Tackle by 37-Gene Sanders.</t>
   </si>
   <si>
     <t>9:17</t>
   </si>
   <si>
     <t>IND 28</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>3-5-IND 28 (9:16) 38-Tom Rogers ran to IND 26 for 2 yards. Tackle by 37-Gene Sanders.</t>
   </si>