--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -299,315 +299,315 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 15-Robert Johnson kicks 75 yards from OAK 35 to DEN -10. Touchback.</t>
   </si>
   <si>
     <t>#19 Francis Adams - WR</t>
   </si>
   <si>
     <t>#97 Mark Gothard - DT</t>
   </si>
   <si>
     <t>#76 Todd Horne - RDE</t>
   </si>
   <si>
     <t>#44 Roger Leonard - MLB</t>
   </si>
   <si>
     <t>#91 Troy Barrios - DT</t>
   </si>
   <si>
     <t>#24 Zachery Obrien - CB</t>
   </si>
   <si>
-    <t>#50 Jeffrey Torres - DT</t>
+    <t>#97 Jeffrey Torres - DT</t>
   </si>
   <si>
     <t>#48 Jason Sampley - SS</t>
   </si>
   <si>
     <t>#37 Robert James - FS</t>
   </si>
   <si>
     <t>#21 Marvin Bowman - CB</t>
   </si>
   <si>
     <t>#43 Richard Smith - WLB</t>
   </si>
   <si>
     <t>#15 Robert Johnson - K</t>
   </si>
   <si>
     <t>DEN</t>
   </si>
   <si>
     <t>DEN 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-DEN 25 (15:00) 42-Harold Flores ran to DEN 34 for 9 yards. 42-Harold Flores FUMBLES (70-Tommy Fulton) recovered by OAK-70-Tommy Fulton at DEN 38. Tackle by 42-Harold Flores.</t>
   </si>
   <si>
     <t>#12 Joshua Pursel - QB</t>
   </si>
   <si>
     <t>#42 Harold Flores - RB</t>
   </si>
   <si>
     <t>#27 Harold Hansen - RB</t>
   </si>
   <si>
     <t>#84 Bobby Cantu - WR</t>
   </si>
   <si>
     <t>#85 Louis Meyer - WR</t>
   </si>
   <si>
     <t>#68 Enrique Gaither - LT</t>
   </si>
   <si>
-    <t>#63 Steven Schleicher - LG</t>
+    <t>#68 Steven Schleicher - LG</t>
   </si>
   <si>
     <t>#57 Loren Rivera - C</t>
   </si>
   <si>
     <t>#51 Arthur Bartholomew - RG</t>
   </si>
   <si>
     <t>#64 Craig Mund - RG</t>
   </si>
   <si>
     <t>#94 Eric Schmitt - LDE</t>
   </si>
   <si>
-    <t>#73 Clayton Brown - DT</t>
+    <t>#70 Clayton Brown - DT</t>
   </si>
   <si>
     <t>#70 Tommy Fulton - DT</t>
   </si>
   <si>
     <t>#79 Philip Cottrell - RDE</t>
   </si>
   <si>
     <t>#50 Curt Price - MLB</t>
   </si>
   <si>
     <t>#45 William Donnelly - WLB</t>
   </si>
   <si>
     <t>#26 Charles Wells - CB</t>
   </si>
   <si>
     <t>#28 Donald Lincoln - CB</t>
   </si>
   <si>
     <t>#27 Gary Morse - CB</t>
   </si>
   <si>
     <t>#35 John Reynolds - SS</t>
   </si>
   <si>
     <t>#49 Coleman Cooper - FS</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>DEN 38</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>1-10-DEN 38 (14:55) 20-Pete Gardner ran to DEN 30 for 8 yards. Tackle by 43-Richard Smith.</t>
   </si>
   <si>
-    <t>#18 John Wade - QB</t>
+    <t>#13 John Wade - QB</t>
   </si>
   <si>
     <t>#20 Pete Gardner - RB</t>
   </si>
   <si>
     <t>#33 Steven Zimmerman - FB</t>
   </si>
   <si>
     <t>#89 Frank Jones - TE</t>
   </si>
   <si>
     <t>#10 Kenneth Nale - WR</t>
   </si>
   <si>
     <t>#83 Larry Santos - WR</t>
   </si>
   <si>
     <t>#74 Lyndon Drake - RG</t>
   </si>
   <si>
     <t>#60 John Wright - LG</t>
   </si>
   <si>
     <t>#57 Donald Wolfe - C</t>
   </si>
   <si>
     <t>#65 Jared Rundle - RT</t>
   </si>
   <si>
     <t>#67 Peter Check - RT</t>
   </si>
   <si>
     <t>#79 Harold Stirling - LDE</t>
   </si>
   <si>
-    <t>#78 Adam Servantes - RDE</t>
+    <t>#92 Adam Servantes - RDE</t>
   </si>
   <si>
     <t>#56 Jeffery Patterson - SLB</t>
   </si>
   <si>
     <t>#20 Chris Lucas - CB</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>DEN 30</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>2-2-DEN 30 (14:21) 18-John Wade ran to DEN 22 for 8 yards. 18-John Wade slides to avoid being hit.</t>
   </si>
   <si>
     <t>#53 Ray Dahl - RT</t>
   </si>
   <si>
     <t>13:45</t>
   </si>
   <si>
     <t>DEN 22</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-DEN 22 (13:44) 31-Gerald Hanes ran to DEN 3 for 19 yards. Tackle by 48-Jason Sampley.</t>
   </si>
   <si>
-    <t>#31 Gerald Hanes - RB</t>
-[...2 lines deleted...]
-    <t>#32 Merle Pace - RB</t>
+    <t>#34 Gerald Hanes - RB</t>
+  </si>
+  <si>
+    <t>#32 Merle Pace - WR</t>
   </si>
   <si>
     <t>#88 Mark Velez - TE</t>
   </si>
   <si>
     <t>13:06</t>
   </si>
   <si>
     <t>DEN 3</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-3-DEN 3 (13:05) 18-John Wade pass complete to 83-Larry Santos for 3 yards. TOUCHDOWN! DEN 78-Adam Servantes was injured on the play. He looks like he should be able to return. DEN 50-Jeffrey Torres was injured on the play. He looks like he should be able to return. OAK 6 DEN 0</t>
   </si>
   <si>
     <t>#35 Jack James - CB</t>
   </si>
   <si>
     <t>13:01</t>
   </si>
   <si>
     <t>DEN 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(13:02) Extra point by 15-Robert Johnson is NO GOOD. (Wide Right)</t>
   </si>
   <si>
     <t>#14 John Toro - QB</t>
   </si>
   <si>
     <t>#71 Blaine Malmberg - DT</t>
   </si>
   <si>
     <t>#58 Rickey Cagle - C</t>
   </si>
   <si>
-    <t>#62 Mike Cunha - LG</t>
+    <t>#66 Mike Cunha - LG</t>
   </si>
   <si>
     <t>#94 Robert Harmon - DT</t>
   </si>
   <si>
     <t>#42 Andrew Kim - MLB</t>
   </si>
   <si>
     <t>(13:02) 15-Robert Johnson kicks 74 yards from OAK 35 to DEN -9. Touchback.</t>
   </si>
   <si>
     <t>Split Backs Normal Weak Pitch Sweep</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-DEN 25 (13:02) 42-Harold Flores ran to DEN 27 for 2 yards. Tackle by 48-Robert Carter.</t>
   </si>
   <si>
     <t>#43 Neil Blair - FB</t>
   </si>
   <si>
     <t>#89 Richard Zamora - TE</t>
   </si>
   <si>
-    <t>#48 Robert Carter - SLB</t>
+    <t>#2 Robert Carter - WLB</t>
   </si>
   <si>
     <t>12:25</t>
   </si>
   <si>
     <t>DEN 27</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>2-8-DEN 27 (12:24) 42-Harold Flores ran to DEN 37 for 10 yards. Tackle by 35-John Reynolds. 84-Bobby Cantu was completely beat on that play.</t>
   </si>
   <si>
     <t>#71 Michael Blanch - LT</t>
   </si>
   <si>
     <t>11:48</t>
   </si>
   <si>
     <t>DEN 37</t>
   </si>
@@ -1175,51 +1175,51 @@
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>3-7-OAK 10 (5:34) 31-Gerald Hanes ran to OAK 15 for 5 yards. Tackle by 44-Roger Leonard.</t>
   </si>
   <si>
     <t>4:52</t>
   </si>
   <si>
     <t>OAK 15</t>
   </si>
   <si>
     <t>4-2-OAK 15 (4:51) 6-Jackie Davis punts 53 yards to DEN 33. 19-Francis Adams to DEN 44 for 11 yards. Tackle by 50-Curt Price.</t>
   </si>
   <si>
     <t>4:41</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>1-10-DEN 44 (4:42) 12-Joshua Pursel sacked at DEN 34 for -9 yards (73-Clayton Brown). Sack allowed by 64-Craig Mund.</t>
   </si>
   <si>
-    <t>#43 Lawrence Judd - MLB</t>
+    <t>#43 Lawrence Judd - SLB</t>
   </si>
   <si>
     <t>4:08</t>
   </si>
   <si>
     <t>DEN 34</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-19-DEN 34 (4:07) 42-Harold Flores ran to DEN 35 for 1 yards. 42-Harold Flores FUMBLES (94-Eric Schmitt) recovered by OAK-94-Eric Schmitt at DEN 35. Tackle by 89-Richard Zamora.</t>
   </si>
   <si>
     <t>4:03</t>
   </si>
   <si>
     <t>DEN 35</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>1-10-DEN 35 (4:04) 18-John Wade pass complete to 20-Pete Gardner to DEN 28 for 7 yards. Tackle by 56-Jeffery Patterson.</t>
   </si>