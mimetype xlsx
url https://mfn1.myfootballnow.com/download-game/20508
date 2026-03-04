--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -293,189 +293,189 @@
   <si>
     <t>DAL 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 77-Clifford Marcus kicks 60 yards from DAL 35 to PHI 5. 81-Aaron Williams to PHI 29 for 23 yards. Tackle by 95-Edward Ortiz.</t>
   </si>
   <si>
     <t>#81 Aaron Williams - WR</t>
   </si>
   <si>
     <t>#96 Richard Langston - WLB</t>
   </si>
   <si>
     <t>#63 Kenneth Ireland - DT</t>
   </si>
   <si>
     <t>#75 Randall Baker - RDE</t>
   </si>
   <si>
-    <t>#97 John Babich - WLB</t>
+    <t>#78 John Babich - LDE</t>
   </si>
   <si>
     <t>#64 Delbert Chung - DT</t>
   </si>
   <si>
     <t>#39 Robert Credle - FS</t>
   </si>
   <si>
     <t>#55 Bernard Livingston - MLB</t>
   </si>
   <si>
     <t>#42 Fred Rice - SS</t>
   </si>
   <si>
     <t>#44 Marvin Kuhn - CB</t>
   </si>
   <si>
     <t>#29 Ernest Sievert - CB</t>
   </si>
   <si>
-    <t>#77 Clifford Marcus - LT</t>
+    <t>#67 Clifford Marcus - LT</t>
   </si>
   <si>
     <t>PHI</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>PHI 29</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-PHI 29 (14:57) 47-Timothy Villarreal ran to PHI 27 for -2 yards. Tackle by 98-Dustin Vanish.</t>
   </si>
   <si>
     <t>#14 Jason Nevels - QB</t>
   </si>
   <si>
     <t>#47 Timothy Villarreal - RB</t>
   </si>
   <si>
     <t>#25 James Donovan - FB</t>
   </si>
   <si>
     <t>#85 Enrique Jones - WR</t>
   </si>
   <si>
     <t>#16 Stephen Sullivan - WR</t>
   </si>
   <si>
     <t>#15 Cody Schmidt - WR</t>
   </si>
   <si>
-    <t>#77 Douglas Landry - RT</t>
+    <t>#67 Douglas Landry - RT</t>
   </si>
   <si>
     <t>#51 Nelson Devore - RG</t>
   </si>
   <si>
     <t>#53 Thomas Moore - C</t>
   </si>
   <si>
     <t>#70 Clinton Kaczor - RG</t>
   </si>
   <si>
     <t>#67 Curtis Davis - RT</t>
   </si>
   <si>
     <t>#98 Dustin Vanish - RDE</t>
   </si>
   <si>
-    <t>#96 William Cleveland - LDE</t>
-[...2 lines deleted...]
-    <t>#70 Thomas Marino - DT</t>
+    <t>#95 William Cleveland - DT</t>
+  </si>
+  <si>
+    <t>#90 Thomas Marino - DT</t>
   </si>
   <si>
     <t>#95 Edward Ortiz - RDE</t>
   </si>
   <si>
-    <t>#54 Juan Biller - MLB</t>
-[...2 lines deleted...]
-    <t>#55 Kevin Tapp - WLB</t>
+    <t>#91 Juan Biller - MLB</t>
+  </si>
+  <si>
+    <t>#37 Kevin Tapp - SS</t>
   </si>
   <si>
     <t>#25 Robert Murphy - CB</t>
   </si>
   <si>
     <t>#49 Aron Roberts - CB</t>
   </si>
   <si>
-    <t>#41 Charles Wotring - FS</t>
+    <t>#6 Charles Wotring - FS</t>
   </si>
   <si>
     <t>#33 William Honaker - FS</t>
   </si>
   <si>
-    <t>#36 Christopher Cohen - CB</t>
+    <t>#22 Christopher Cohen - CB</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>PHI 27</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Blitz</t>
   </si>
   <si>
     <t>2-12-PHI 27 (14:16) 47-Timothy Villarreal ran to PHI 34 for 7 yards. Tackle by 41-Charles Wotring.</t>
   </si>
   <si>
     <t>#34 James McGahey - RB</t>
   </si>
   <si>
     <t>#82 John Vickers - TE</t>
   </si>
   <si>
     <t>#83 Timothy Moore - TE</t>
   </si>
   <si>
-    <t>#93 Sean Boyce - LDE</t>
+    <t>#54 Sean Boyce - RDE</t>
   </si>
   <si>
     <t>#73 Wade Friese - DT</t>
   </si>
   <si>
-    <t>#91 Joseph Lamb - SLB</t>
+    <t>#76 Joseph Lamb - RDE</t>
   </si>
   <si>
     <t>13:44</t>
   </si>
   <si>
     <t>PHI 34</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>3-5-PHI 34 (13:43) 47-Timothy Villarreal ran to PHI 34 for a short loss. Tackle by 70-Thomas Marino. PENALTY - Facemask (DAL 70-Thomas Marino)</t>
   </si>
   <si>
     <t>13:39</t>
   </si>
   <si>
     <t>PHI 49</t>
   </si>
   <si>
     <t>Strong I Normal FB Trap Weak</t>
   </si>
@@ -509,234 +509,234 @@
   <si>
     <t>12:57</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>3-12-PHI 47 (12:58) 14-Jason Nevels pass INTERCEPTED by 33-William Honaker at DAL 42. 33-William Honaker to DAL 47 for 5 yards. Tackle by 47-Timothy Villarreal. PHI 81-Aaron Williams was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>12:53</t>
   </si>
   <si>
     <t>DAL 47</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-DAL 47 (12:54) 2-Joey Bowers ran to PHI 49 for 4 yards. Tackle by 52-Ronnie Inman.</t>
   </si>
   <si>
-    <t>#4 Patrick Camp - QB</t>
-[...11 lines deleted...]
-    <t>#87 Ian Isenhour - TE</t>
+    <t>#2 Patrick Camp - QB</t>
+  </si>
+  <si>
+    <t>#6 Joey Bowers - RB</t>
+  </si>
+  <si>
+    <t>#11 Albert Ponce - RB</t>
+  </si>
+  <si>
+    <t>#60 Leroy Zimmerman - RG</t>
+  </si>
+  <si>
+    <t>#88 Ian Isenhour - TE</t>
   </si>
   <si>
     <t>#85 Jeffrey Castillo - TE</t>
   </si>
   <si>
-    <t>#66 Ryan Pak - LG</t>
-[...8 lines deleted...]
-    <t>#75 Anthony Thomas - RT</t>
+    <t>#61 Ryan Pak - LG</t>
+  </si>
+  <si>
+    <t>#58 Vincent Swenson - C</t>
+  </si>
+  <si>
+    <t>#68 Harrison Walters - LT</t>
+  </si>
+  <si>
+    <t>#55 Anthony Thomas - RT</t>
   </si>
   <si>
     <t>#90 Derek Hassler - LDE</t>
   </si>
   <si>
     <t>#74 Robert Papenfuss - RDE</t>
   </si>
   <si>
     <t>#69 Michael Vicente - DT</t>
   </si>
   <si>
     <t>#52 Ronnie Inman - MLB</t>
   </si>
   <si>
     <t>12:19</t>
   </si>
   <si>
     <t>2-6-PHI 49 (12:18) 2-Joey Bowers ran to PHI 48 for 1 yards. Tackle by 64-Delbert Chung.</t>
   </si>
   <si>
-    <t>#19 Benjamin Nguyen - WR</t>
+    <t>#12 Benjamin Nguyen - WR</t>
   </si>
   <si>
     <t>#16 Todd McCarty - WR</t>
   </si>
   <si>
-    <t>#88 Roger Firth - WR</t>
+    <t>#9 Roger Firth - WR</t>
   </si>
   <si>
     <t>#37 Donald Derosier - CB</t>
   </si>
   <si>
     <t>11:34</t>
   </si>
   <si>
     <t>PHI 48</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>3-5-PHI 48 (11:33) 4-Patrick Camp pass Pass knocked down by 44-Marvin Kuhn. incomplete, intended for 87-Ian Isenhour.</t>
   </si>
   <si>
-    <t>#24 Adam Byler - RB</t>
+    <t>#5 Adam Byler - RB</t>
   </si>
   <si>
     <t>11:28</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-5-PHI 48 (11:29) 13-Pedro Mitchell punts 11 yards to PHI 37.</t>
   </si>
   <si>
-    <t>#13 Pedro Mitchell - K</t>
-[...5 lines deleted...]
-    <t>#65 Joseph Nathan - C</t>
+    <t>#4 Pedro Mitchell - K</t>
+  </si>
+  <si>
+    <t>#61 Robert Scott - LG</t>
+  </si>
+  <si>
+    <t>#59 Joseph Nathan - C</t>
   </si>
   <si>
     <t>#54 Travis Baird - RDE</t>
   </si>
   <si>
     <t>11:22</t>
   </si>
   <si>
     <t>PHI 37</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>1-10-PHI 37 (11:23) 25-James Donovan ran to PHI 39 for 2 yards. Tackle by 55-Kevin Tapp.</t>
   </si>
   <si>
     <t>10:46</t>
   </si>
   <si>
     <t>PHI 39</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-8-PHI 39 (10:45) 14-Jason Nevels pass complete to 16-Stephen Sullivan to PHI 47 for 8 yards. Tackle by 55-Kevin Tapp. 55-Kevin Tapp got away with a hold on that play.</t>
   </si>
   <si>
     <t>10:10</t>
   </si>
   <si>
     <t>3-1-PHI 47 (10:09) 25-James Donovan ran to PHI 48 for 1 yards. Tackle by 55-Kevin Tapp.</t>
   </si>
   <si>
     <t>9:32</t>
   </si>
   <si>
     <t>1-10-PHI 48 (9:31) 47-Timothy Villarreal ran to PHI 49 for 1 yards. Tackle by 91-Joseph Lamb.</t>
   </si>
   <si>
-    <t>#51 James Franks - MLB</t>
+    <t>#90 James Franks - MLB</t>
   </si>
   <si>
     <t>8:57</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-9-PHI 49 (8:56) 25-James Donovan ran to PHI 48 for a short loss. Tackle by 91-Joseph Lamb. PENALTY - Offsides (DAL 96-William Cleveland)</t>
   </si>
   <si>
     <t>8:53</t>
   </si>
   <si>
     <t>DAL 46</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>2-4-DAL 46 (8:54) 14-Jason Nevels pass INTERCEPTED by 55-Kevin Tapp at DAL 47. 55-Kevin Tapp to DAL 46 for -0 yards. Tackle by 53-Thomas Moore.</t>
   </si>
   <si>
     <t>8:51</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>1-10-DAL 46 (8:52) 4-Patrick Camp pass complete to 44-Leroy Zimmerman to PHI 46 for 7 yards. Tackle by 96-Richard Langston.</t>
   </si>
   <si>
     <t>8:13</t>
   </si>
   <si>
     <t>PHI 46</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-3-PHI 46 (8:12) 2-Joey Bowers ran to PHI 23 for 24 yards. Tackle by 42-Fred Rice.</t>
   </si>
   <si>
-    <t>#26 Ryan Clover - RB</t>
+    <t>#9 Ryan Clover - RB</t>
   </si>
   <si>
     <t>7:26</t>
   </si>
   <si>
     <t>PHI 23</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-10-PHI 23 (7:25) 24-Adam Byler ran to PHI 18 for 5 yards. Tackle by 29-Ernest Sievert.</t>
   </si>
   <si>
     <t>6:44</t>
   </si>
   <si>
     <t>PHI 18</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
@@ -920,78 +920,78 @@
   <si>
     <t>11:40</t>
   </si>
   <si>
     <t>DAL 2</t>
   </si>
   <si>
     <t>2-2-DAL 2 (11:39) 34-James McGahey ran for 2 yards. TOUCHDOWN! PHI 6 DAL 0</t>
   </si>
   <si>
     <t>11:36</t>
   </si>
   <si>
     <t>DAL 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(11:37) Extra point GOOD by 10-Mark Graham. PHI 7 DAL 0</t>
   </si>
   <si>
-    <t>#10 Mark Graham - K</t>
-[...2 lines deleted...]
-    <t>#60 Jordan Su - C</t>
+    <t>#13 Mark Graham - K</t>
+  </si>
+  <si>
+    <t>#57 Jordan Su - C</t>
   </si>
   <si>
     <t>#71 Gregory Martinez - RG</t>
   </si>
   <si>
-    <t>#56 Ronnie Ayers - MLB</t>
-[...2 lines deleted...]
-    <t>#57 Charles Couey - WLB</t>
+    <t>#51 Ronnie Ayers - RDE</t>
+  </si>
+  <si>
+    <t>#72 Charles Couey - DT</t>
   </si>
   <si>
     <t>PHI 35</t>
   </si>
   <si>
     <t>(11:37) 10-Mark Graham kicks 67 yards from PHI 35 to DAL -2. 88-Roger Firth for 102yards. TOUCHDOWN! PHI 7 DAL 6</t>
   </si>
   <si>
     <t>PHI 15</t>
   </si>
   <si>
     <t>(11:23) Extra point GOOD by 87-Ian Isenhour. PHI 7 DAL 7</t>
   </si>
   <si>
-    <t>#79 Edward Meador - TE</t>
+    <t>#63 Edward Meador - LG</t>
   </si>
   <si>
     <t>#55 Edgar Moffett - WLB</t>
   </si>
   <si>
     <t>#53 Paul Stover - DT</t>
   </si>
   <si>
     <t>(11:23) 77-Clifford Marcus kicks 54 yards from DAL 35 to PHI 11. 16-Stephen Sullivan to PHI 29 for 18 yards. Tackle by 49-Aron Roberts.</t>
   </si>
   <si>
     <t>11:19</t>
   </si>
   <si>
     <t>1-10-PHI 29 (11:20) 47-Timothy Villarreal ran to PHI 35 for 6 yards. Tackle by 25-Robert Murphy.</t>
   </si>
   <si>
     <t>10:36</t>
   </si>
   <si>
     <t>2-4-PHI 35 (10:35) 47-Timothy Villarreal ran to PHI 37 for 2 yards. Tackle by 96-William Cleveland. 82-John Vickers totally missed that block. 82-John Vickers totally missed that block. DAL 96-William Cleveland was injured on the play. He looks like he should be able to return. PENALTY - Offsides (DAL 96-William Cleveland)</t>
   </si>
   <si>
     <t>10:32</t>
   </si>
@@ -1043,75 +1043,75 @@
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>2-8-DAL 40 (8:23) 14-Jason Nevels pass complete to 81-Aaron Williams to DAL 35 for 4 yards. Tackle by 55-Kevin Tapp. PHI 15-Cody Schmidt was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>7:42</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>3-4-DAL 35 (7:41) 14-Jason Nevels pass complete to 81-Robin Galaz to DAL 35 for a short gain. Tackle by 41-Charles Wotring.</t>
   </si>
   <si>
     <t>#81 Robin Galaz - WR</t>
   </si>
   <si>
     <t>6:59</t>
   </si>
   <si>
     <t>4-4-DAL 35 (6:58) 10-Mark Graham 53 yard field goal is NO GOOD. (Short)</t>
   </si>
   <si>
-    <t>#92 Mike Kline - MLB</t>
+    <t>#52 Mike Kline - MLB</t>
   </si>
   <si>
     <t>6:53</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-DAL 42 (6:54) 4-Patrick Camp pass incomplete, the ball was thrown away. Pressure by 75-Randall Baker.</t>
   </si>
   <si>
     <t>6:49</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>2-10-DAL 42 (6:50) 24-Adam Byler ran to DAL 40 for -2 yards. Tackle by 64-Delbert Chung. 67-Vincent Swenson was caught flat-footed on this play.</t>
   </si>
   <si>
-    <t>#86 Ricardo Davis - WR</t>
+    <t>#4 Ricardo Davis - WR</t>
   </si>
   <si>
     <t>6:13</t>
   </si>
   <si>
     <t>3-12-DAL 40 (6:12) 2-Joey Bowers ran to DAL 43 for 4 yards. Tackle by 96-Richard Langston.</t>
   </si>
   <si>
     <t>5:38</t>
   </si>
   <si>
     <t>DAL 43</t>
   </si>
   <si>
     <t>4-9-DAL 43 (5:37) PENALTY - False Start (DAL 67-Vincent Swenson)</t>
   </si>
   <si>
     <t>5:36</t>
   </si>
   <si>
     <t>DAL 38</t>
   </si>
   <si>
     <t>4-14-DAL 38 (5:37)</t>
   </si>
@@ -1733,51 +1733,51 @@
   <si>
     <t>#86 Manuel Lee - WR</t>
   </si>
   <si>
     <t>4:57</t>
   </si>
   <si>
     <t>DAL 34</t>
   </si>
   <si>
     <t>3-9-DAL 34 (4:56) 4-Patrick Camp pass complete to 19-Benjamin Nguyen to DAL 47 for 13 yards. Tackle by 97-John Babich.</t>
   </si>
   <si>
     <t>4:30</t>
   </si>
   <si>
     <t>1-10-DAL 47 (4:29) 4-Patrick Camp pass Pass knocked down by 39-Robert Credle. incomplete, intended for 86-Ricardo Davis.</t>
   </si>
   <si>
     <t>4:26</t>
   </si>
   <si>
     <t>2-10-DAL 47 (4:27) 12-Ronald Anderson pass incomplete, dropped by 87-Ian Isenhour.</t>
   </si>
   <si>
-    <t>#12 Ronald Anderson - QB</t>
+    <t>#10 Ronald Anderson - QB</t>
   </si>
   <si>
     <t>4:24</t>
   </si>
   <si>
     <t>3-10-DAL 47 (4:25) 4-Patrick Camp pass incomplete, intended for 87-Ian Isenhour. Pressure by 64-Delbert Chung.</t>
   </si>
   <si>
     <t>4:21</t>
   </si>
   <si>
     <t>4-10-DAL 47 (4:22) 4-Patrick Camp pass complete to 86-Ricardo Davis to PHI 42 for 11 yards. Tackle by 55-Bernard Livingston. PHI 90-Derek Hassler was injured on the play.</t>
   </si>
   <si>
     <t>4:02</t>
   </si>
   <si>
     <t>1-10-PHI 42 (4:01) 4-Patrick Camp pass incomplete, dropped by 16-Todd McCarty.</t>
   </si>
   <si>
     <t>3:57</t>
   </si>
   <si>
     <t>2-10-PHI 42 (3:58) 12-Ronald Anderson pass incomplete, dropped by 24-Adam Byler.</t>
   </si>
@@ -2253,95 +2253,95 @@
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="383.335" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="33" max="33" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="44" max="44" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="74" max="74" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>