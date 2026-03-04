--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -311,54 +311,54 @@
   <si>
     <t>#73 John Mendoza - LDE</t>
   </si>
   <si>
     <t>#28 Richard Santana - CB</t>
   </si>
   <si>
     <t>#94 William White - RDE</t>
   </si>
   <si>
     <t>#49 Conrad Johnson - CB</t>
   </si>
   <si>
     <t>#39 Vincent Hillery - CB</t>
   </si>
   <si>
     <t>#65 Charles Keaton - LDE</t>
   </si>
   <si>
     <t>#46 Darryl Folden - SS</t>
   </si>
   <si>
     <t>#35 Curtis Shaughnessy - FS</t>
   </si>
   <si>
-    <t>#96 Justin Brumbaugh - WLB</t>
-[...2 lines deleted...]
-    <t>#3 Eric Wiggins - K</t>
+    <t>#48 Justin Brumbaugh - WLB</t>
+  </si>
+  <si>
+    <t>#19 Eric Wiggins - K</t>
   </si>
   <si>
     <t>KCY</t>
   </si>
   <si>
     <t>KCY 25</t>
   </si>
   <si>
     <t>I Formation Power Play Action Bomb</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-KCY 25 (15:00) 10-Howard Graham sacked at KCY 18 for -7 yards (91-Chase Saunders). Sack allowed by 33-Steven Coffman. KCY 72-Raymond Dail was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#10 Howard Graham - QB</t>
   </si>
   <si>
     <t>#37 Thomas Prickett - RB</t>
   </si>
   <si>
     <t>#33 Steven Coffman - FB</t>
   </si>
@@ -371,90 +371,90 @@
   <si>
     <t>#74 Daniel Reece - LT</t>
   </si>
   <si>
     <t>#72 Raymond Dail - LG</t>
   </si>
   <si>
     <t>#60 Warren Driver - C</t>
   </si>
   <si>
     <t>#63 Terry Dardar - RG</t>
   </si>
   <si>
     <t>#59 Daniel Sartin - RT</t>
   </si>
   <si>
     <t>#54 Mike Jones - LDE</t>
   </si>
   <si>
     <t>#75 Ralph Jelks - LDE</t>
   </si>
   <si>
     <t>#56 Rupert Stewart - DT</t>
   </si>
   <si>
-    <t>#77 Emery Cleveland - DT</t>
-[...2 lines deleted...]
-    <t>#92 Roberto Park - RDE</t>
+    <t>#51 Emery Cleveland - DT</t>
+  </si>
+  <si>
+    <t>#99 Roberto Park - RDE</t>
   </si>
   <si>
     <t>#47 Vern Durst - SLB</t>
   </si>
   <si>
     <t>#58 Cornell Huynh - MLB</t>
   </si>
   <si>
     <t>#91 Chase Saunders - WLB</t>
   </si>
   <si>
     <t>#36 Harold Webb - CB</t>
   </si>
   <si>
     <t>#23 Paul Johnson - CB</t>
   </si>
   <si>
     <t>#24 Gary Hickman - SS</t>
   </si>
   <si>
     <t>14:28</t>
   </si>
   <si>
     <t>KCY 18</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-17-KCY 18 (14:27) 10-Howard Graham pass complete to 80-Dennis Killion to KCY 38 for 20 yards. Tackle by 36-Harold Webb.</t>
   </si>
   <si>
-    <t>#16 Joseph Jones - WR</t>
+    <t>#82 Joseph Jones - WR</t>
   </si>
   <si>
     <t>#88 George Schmid - WR</t>
   </si>
   <si>
     <t>#51 Michael Mangus - RT</t>
   </si>
   <si>
     <t>#46 Bobby Bier - CB</t>
   </si>
   <si>
     <t>#39 John Schoch - SS</t>
   </si>
   <si>
     <t>13:48</t>
   </si>
   <si>
     <t>KCY 38</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
@@ -521,99 +521,99 @@
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>1-10-LAA 37 (10:30) 10-Howard Graham pass complete to 34-Johnathon Adams to LAA 23 for 14 yards. Tackle by 24-Gary Hickman. LAA 56-Rupert Stewart was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>9:51</t>
   </si>
   <si>
     <t>LAA 23</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>1-10-LAA 23 (9:50) 10-Howard Graham pass Pass knocked down by 99-Lawrence Chandler. incomplete, intended for 33-Steven Coffman.</t>
   </si>
   <si>
-    <t>#85 Marco Brown - TE</t>
+    <t>#84 Marco Brown - TE</t>
   </si>
   <si>
     <t>#86 Pedro Cheeks - WR</t>
   </si>
   <si>
     <t>#93 William Timm - DT</t>
   </si>
   <si>
-    <t>#99 Lawrence Chandler - MLB</t>
+    <t>#51 Lawrence Chandler - MLB</t>
   </si>
   <si>
     <t>9:46</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-10-LAA 23 (9:47) 10-Howard Graham pass complete to 33-Steven Coffman for 23 yards. TOUCHDOWN! 33-Steven Coffman breaks down the CB. KCY 63-Terry Dardar was injured on the play. He looks like he should be able to return. LAA 0 KCY 6</t>
   </si>
   <si>
     <t>9:40</t>
   </si>
   <si>
     <t>LAA 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(9:41) Extra point GOOD by 8-James Renaud. LAA 0 KCY 7</t>
   </si>
   <si>
     <t>#3 Carl Scott - QB</t>
   </si>
   <si>
-    <t>#61 Brendan Porter - C</t>
+    <t>#58 Brendan Porter - C</t>
   </si>
   <si>
     <t>#8 James Renaud - K</t>
   </si>
   <si>
-    <t>#77 John Graham - RG</t>
+    <t>#50 John Graham - RG</t>
   </si>
   <si>
     <t>#57 David Smith - RG</t>
   </si>
   <si>
     <t>#57 Dennis Doris - RDE</t>
   </si>
   <si>
     <t>#73 Mark Snow - LG</t>
   </si>
   <si>
     <t>#92 Donald Johnson - DT</t>
   </si>
   <si>
     <t>KCY 35</t>
   </si>
   <si>
     <t>(9:41) 8-James Renaud kicks 74 yards from KCY 35 to LAA -9. 38-Lanny Melton to LAA 27 for 37 yards. Tackle by 8-James Renaud.</t>
   </si>
   <si>
     <t>#38 Lanny Melton - RB</t>
   </si>
   <si>
     <t>#88 Eugene Tullos - WR</t>
   </si>
@@ -650,51 +650,51 @@
   <si>
     <t>#17 Mark Husband - WR</t>
   </si>
   <si>
     <t>#50 Anthony Lewis - RT</t>
   </si>
   <si>
     <t>#60 Daniel Ellerbee - LG</t>
   </si>
   <si>
     <t>#51 Stephen Calcote - C</t>
   </si>
   <si>
     <t>#63 Stephan Kovach - RG</t>
   </si>
   <si>
     <t>#11 Jose Matias - RT</t>
   </si>
   <si>
     <t>#56 Michael Dunn - DT</t>
   </si>
   <si>
     <t>#99 Theodore Wolf - RDE</t>
   </si>
   <si>
-    <t>#93 Joe Sather - SLB</t>
+    <t>#52 Joe Sather - SLB</t>
   </si>
   <si>
     <t>#50 Kenny Kornegay - MLB</t>
   </si>
   <si>
     <t>9:00</t>
   </si>
   <si>
     <t>LAA 33</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>2-4-LAA 33 (8:59) 7-Jonathan Harrison pass complete to 15-Philip Kim to LAA 35 for 2 yards. Tackle by 47-Jason Shelton.</t>
   </si>
   <si>
     <t>#75 Jeff McGann - DT</t>
   </si>
   <si>
     <t>8:19</t>
   </si>
@@ -719,51 +719,51 @@
   <si>
     <t>Timeout LAA</t>
   </si>
   <si>
     <t>7:00</t>
   </si>
   <si>
     <t>LAA 48</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-LAA 48 (7:01) 38-Lanny Melton ran to LAA 49 for 1 yards. Tackle by 96-Justin Brumbaugh.</t>
   </si>
   <si>
     <t>#31 Raymond Lynch - FB</t>
   </si>
   <si>
     <t>#43 Johnnie Phillips - FB</t>
   </si>
   <si>
-    <t>#86 Jeffery Hufford - TE</t>
+    <t>#89 Jeffery Hufford - TE</t>
   </si>
   <si>
     <t>#31 Glen Speirs - CB</t>
   </si>
   <si>
     <t>6:20</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>2-9-LAA 49 (6:19) 7-Jonathan Harrison pass complete to 38-Lanny Melton to KCY 37 for 14 yards. Tackle by 96-Justin Brumbaugh. LAA 38-Lanny Melton was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:33</t>
   </si>
   <si>
     <t>KCY 37</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>1-10-KCY 37 (5:32) 42-John Mullins ran to KCY 36 for 1 yards. Tackle by 94-William White.</t>
   </si>
@@ -773,51 +773,51 @@
   <si>
     <t>KCY 36</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>2-9-KCY 36 (4:51) 7-Jonathan Harrison pass complete to 84-Maurice Williams to KCY 13 for 22 yards. Tackle by 93-Joe Sather. 84-Maurice Williams made a great move on the CB.</t>
   </si>
   <si>
     <t>4:04</t>
   </si>
   <si>
     <t>KCY 13</t>
   </si>
   <si>
     <t>Strong I Big HB Off Tackle</t>
   </si>
   <si>
     <t>1-10-KCY 13 (4:03) 42-John Mullins ran to KCY 1 for 12 yards. Tackle by 39-Vincent Hillery.</t>
   </si>
   <si>
-    <t>#85 Kyle Stevens - TE</t>
+    <t>#86 Kyle Stevens - TE</t>
   </si>
   <si>
     <t>3:21</t>
   </si>
   <si>
     <t>KCY 1</t>
   </si>
   <si>
     <t>1-1-KCY 1 (3:20) 7-Jonathan Harrison pass Pass knocked down by 47-Jason Shelton. incomplete, intended for 15-Philip Kim.</t>
   </si>
   <si>
     <t>3:16</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>2-1-KCY 1 (3:17) 38-Lanny Melton ran to KCY 0 for a short gain. Tackle by 49-Conrad Johnson.</t>
   </si>
   <si>
     <t>2:43</t>
   </si>
   <si>
     <t>KCY 0</t>
   </si>
@@ -1178,51 +1178,51 @@
   <si>
     <t>3-3-LAA 3 (3:20) 37-Thomas Prickett ran to LAA 3 for a short loss. Tackle by 99-Lawrence Chandler.</t>
   </si>
   <si>
     <t>2:48</t>
   </si>
   <si>
     <t>4-3-LAA 3 (2:47) 8-James Renaud 20 yard field goal is GOOD. LAA 3 KCY 10</t>
   </si>
   <si>
     <t>2:44</t>
   </si>
   <si>
     <t>(2:45) 8-James Renaud kicks 71 yards from KCY 35 to LAA -6. 38-Lanny Melton for 107yards. TOUCHDOWN! LAA 9 KCY 10</t>
   </si>
   <si>
     <t>2:25</t>
   </si>
   <si>
     <t>KCY 15</t>
   </si>
   <si>
     <t>(2:26) Extra point GOOD by 3-Eric Wiggins. LAA 10 KCY 10</t>
   </si>
   <si>
-    <t>#99 John Parente - MLB</t>
+    <t>#55 John Parente - MLB</t>
   </si>
   <si>
     <t>(2:26) 3-Eric Wiggins kicks 74 yards from LAA 35 to KCY -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-KCY 25 (2:26) 37-Thomas Prickett ran to KCY 24 for -1 yards. Tackle by 75-Ralph Jelks.</t>
   </si>
   <si>
     <t>2:00</t>
   </si>
   <si>
     <t>Timeout for two minute warning.</t>
   </si>
   <si>
     <t>KCY 24</t>
   </si>
   <si>
     <t>2-11-KCY 24 (2:00) 10-Howard Graham pass Pass knocked down by 91-Chase Saunders. incomplete, intended for 81-Lucas Potts.</t>
   </si>
   <si>
     <t>1:57</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
@@ -2192,52 +2192,52 @@
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="62" max="62" width="23.423" bestFit="true" customWidth="true" style="0"/>
-    <col min="63" max="63" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="32.992" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>