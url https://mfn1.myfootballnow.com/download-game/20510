--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -293,123 +293,123 @@
   <si>
     <t>MIN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 10-Jaime Jacobs kicks 71 yards from MIN 35 to DET -6. Touchback.</t>
   </si>
   <si>
     <t>#23 Kenneth Watson - RB</t>
   </si>
   <si>
     <t>#49 Glenn Brooks - CB</t>
   </si>
   <si>
     <t>#61 Thomas Pawlowski - DT</t>
   </si>
   <si>
     <t>#37 James Rusin - SS</t>
   </si>
   <si>
-    <t>#74 Kevin Warren - RDE</t>
+    <t>#75 Kevin Warren - RDE</t>
   </si>
   <si>
     <t>#22 Clyde Rosario - CB</t>
   </si>
   <si>
     <t>#76 Jason Mills - DT</t>
   </si>
   <si>
     <t>#93 Michael Saunders - DT</t>
   </si>
   <si>
-    <t>#91 Larry Young - MLB</t>
+    <t>#96 Larry Young - MLB</t>
   </si>
   <si>
     <t>#57 Jeff Vaughn - DT</t>
   </si>
   <si>
     <t>#98 Alberto Burdette - MLB</t>
   </si>
   <si>
-    <t>#10 Jaime Jacobs - K</t>
+    <t>#5 Jaime Jacobs - K</t>
   </si>
   <si>
     <t>DET</t>
   </si>
   <si>
     <t>DET 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-DET 25 (15:00) 7-Thomas Pugliese pass Pass knocked down by 40-Tyler Davis. incomplete, intended for 15-Glen Corral.</t>
   </si>
   <si>
     <t>#7 Thomas Pugliese - QB</t>
   </si>
   <si>
     <t>#44 Harry Higgins - RB</t>
   </si>
   <si>
-    <t>#12 Michael Biron - WR</t>
+    <t>#81 Michael Biron - WR</t>
   </si>
   <si>
     <t>#83 Brett Jones - WR</t>
   </si>
   <si>
-    <t>#15 Glen Corral - WR</t>
+    <t>#87 Glen Corral - WR</t>
   </si>
   <si>
     <t>#68 Leroy Lockett - C</t>
   </si>
   <si>
     <t>#78 William Robertson - LG</t>
   </si>
   <si>
     <t>#56 Ernest Cavanaugh - C</t>
   </si>
   <si>
-    <t>#50 Lon Marchetti - RT</t>
+    <t>#50 Lon Marchetti - RG</t>
   </si>
   <si>
     <t>#52 Jimmy Degregorio - RT</t>
   </si>
   <si>
     <t>#78 Donald Daye - LDE</t>
   </si>
   <si>
-    <t>#95 Harvey Gill - DT</t>
+    <t>#72 Harvey Gill - DT</t>
   </si>
   <si>
     <t>#77 David Malone - DT</t>
   </si>
   <si>
     <t>#90 Joseph Cueva - RDE</t>
   </si>
   <si>
     <t>#53 Anthony Harrison - MLB</t>
   </si>
   <si>
     <t>#94 Marvin Smith - WLB</t>
   </si>
   <si>
     <t>#31 Isaac Millis - CB</t>
   </si>
   <si>
     <t>#40 Tyler Davis - CB</t>
   </si>
   <si>
     <t>#44 Miles Blankenship - CB</t>
   </si>
   <si>
     <t>#49 Steven Jackson - SS</t>
   </si>
@@ -494,69 +494,69 @@
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-MIN 31 (14:03) 30-Bruce Allen ran to MIN 36 for 4 yards. Tackle by 22-Clyde Rosario. MIN 30-Bruce Allen was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#18 Zachery Mendez - QB</t>
   </si>
   <si>
     <t>#25 Joesph Kent - RB</t>
   </si>
   <si>
     <t>#86 Rudy Stevens - TE</t>
   </si>
   <si>
     <t>#80 Rodrigo Seymour - WR</t>
   </si>
   <si>
     <t>#83 William Gorman - WR</t>
   </si>
   <si>
-    <t>#62 Cecil Ruiz - LT</t>
+    <t>#66 Cecil Ruiz - LT</t>
   </si>
   <si>
     <t>#68 Jerome Rice - LG</t>
   </si>
   <si>
     <t>#69 Fred Wilson - RG</t>
   </si>
   <si>
     <t>#64 Tony Knudson - RT</t>
   </si>
   <si>
     <t>#92 Michael Bowman - LDE</t>
   </si>
   <si>
     <t>#67 Richard Shah - RDE</t>
   </si>
   <si>
-    <t>#97 Elias Peacock - WLB</t>
+    <t>#57 Elias Peacock - WLB</t>
   </si>
   <si>
     <t>#5 Rafael Petrie - WLB</t>
   </si>
   <si>
     <t>#47 James Singleton - CB</t>
   </si>
   <si>
     <t>#20 Robert Ross - SS</t>
   </si>
   <si>
     <t>13:31</t>
   </si>
   <si>
     <t>MIN 36</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>2-6-MIN 36 (13:30) 25-Joesph Kent ran to MIN 34 for -1 yards. Tackle by 92-Michael Bowman.</t>
   </si>
   <si>
     <t>#32 Stanley Eells - RB</t>
   </si>
@@ -671,51 +671,51 @@
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>Nickel Strong CB3 Blitz Man</t>
   </si>
   <si>
     <t>3-10-DET 13 (10:29) 7-Thomas Pugliese pass INTERCEPTED by 40-Tyler Davis at DET 16. 40-Tyler Davis to DET 0 for 16 yards. TOUCHDOWN! Pressure by 44-Miles Blankenship. DET 0 MIN 6</t>
   </si>
   <si>
     <t>10:22</t>
   </si>
   <si>
     <t>DET 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(10:23) Extra point GOOD by 10-Jaime Jacobs. DET 0 MIN 7</t>
   </si>
   <si>
-    <t>#75 Lewis Page - RG</t>
+    <t>#54 Lewis Page - C</t>
   </si>
   <si>
     <t>#72 Larry Harding - C</t>
   </si>
   <si>
     <t>(10:23) 10-Jaime Jacobs kicks 74 yards from MIN 35 to DET -9. Touchback.</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-DET 25 (10:23) 7-Thomas Pugliese pass Pass knocked down by 53-Anthony Harrison. incomplete, intended for 89-Earl McKenzie.</t>
   </si>
   <si>
     <t>10:20</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>3-4 Normal Zone Blitz</t>
   </si>
@@ -770,51 +770,51 @@
   <si>
     <t>DET 49</t>
   </si>
   <si>
     <t>Strong I Normal Counter Strong</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle</t>
   </si>
   <si>
     <t>1-10-DET 49 (7:43) 23-Kenneth Watson ran to MIN 43 for 9 yards. Tackle by 49-Steven Jackson. DET 89-Earl McKenzie was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>7:11</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle Deep Man</t>
   </si>
   <si>
     <t>2-1-MIN 43 (7:10) 44-Harry Higgins ran to MIN 42 for 1 yards. Tackle by 95-Harvey Gill.</t>
   </si>
   <si>
-    <t>#80 Leonard Weldon - TE</t>
+    <t>#88 Leonard Weldon - TE</t>
   </si>
   <si>
     <t>6:35</t>
   </si>
   <si>
     <t>MIN 42</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>3-1-MIN 42 (6:34) 44-Harry Higgins ran to MIN 42 for a short loss. Tackle by 90-Joseph Cueva.</t>
   </si>
   <si>
     <t>#29 Christopher Aldrich - RB</t>
   </si>
   <si>
     <t>5:51</t>
   </si>
   <si>
     <t>4-1-MIN 42 (5:50) 18-James White 59 yard field goal is NO GOOD. (Short)</t>
   </si>
   <si>
     <t>#15 Arthur Reiff - QB</t>
   </si>
@@ -2324,52 +2324,52 @@
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
-    <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="63" max="63" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="26.993" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>