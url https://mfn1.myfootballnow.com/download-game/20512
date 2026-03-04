--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -290,69 +290,69 @@
   <si>
     <t>CIN</t>
   </si>
   <si>
     <t>CIN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 1-William Godfrey kicks 64 yards from CIN 35 to IND 1. 11-Lorenzo Davis to IND 20 for 20 yards. Tackle by 27-Paul Dixson. IND 34-Richard Peeples was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#11 Lorenzo Davis - WR</t>
   </si>
   <si>
     <t>#58 Eric Cruz - MLB</t>
   </si>
   <si>
     <t>#29 Kelly Dozier - SS</t>
   </si>
   <si>
-    <t>#68 Darryl Leslie - DT</t>
+    <t>#67 Darryl Leslie - DT</t>
   </si>
   <si>
     <t>#34 Richard Peeples - FS</t>
   </si>
   <si>
     <t>#99 George Ellis - DT</t>
   </si>
   <si>
-    <t>#1 Aaron Hower - FS</t>
-[...2 lines deleted...]
-    <t>#37 Gene Sanders - FS</t>
+    <t>#42 Aaron Hower - FS</t>
+  </si>
+  <si>
+    <t>#28 Gene Sanders - CB</t>
   </si>
   <si>
     <t>#59 John Lee - MLB</t>
   </si>
   <si>
-    <t>#24 Michael Howe - SS</t>
+    <t>#27 Michael Howe - SS</t>
   </si>
   <si>
     <t>#55 Monroe Legendre - MLB</t>
   </si>
   <si>
     <t>#1 William Godfrey - K</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>IND 20</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-IND 20 (14:57) 46-James Reeves ran to IND 29 for 9 yards. Tackle by 48-Dennis Moore. IND 10-William Hollins was injured on the play. He looks like he should be able to return. CIN 90-Ramon Lopez was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -377,93 +377,93 @@
   <si>
     <t>#52 Jorge Garces - RT</t>
   </si>
   <si>
     <t>#61 Norbert Kellogg - LG</t>
   </si>
   <si>
     <t>#71 David Wright - C</t>
   </si>
   <si>
     <t>#75 Shane Conway - RG</t>
   </si>
   <si>
     <t>#51 Michael Leblanc - RT</t>
   </si>
   <si>
     <t>#65 Robert Brown - LDE</t>
   </si>
   <si>
     <t>#70 Fred Evans - DT</t>
   </si>
   <si>
     <t>#97 James Parkinson - LDE</t>
   </si>
   <si>
-    <t>#90 Ramon Lopez - SLB</t>
+    <t>#51 Ramon Lopez - SLB</t>
   </si>
   <si>
     <t>#93 Christopher Soza - MLB</t>
   </si>
   <si>
     <t>#53 Harold Jones - WLB</t>
   </si>
   <si>
-    <t>#35 Robert Miller - CB</t>
+    <t>#40 Robert Miller - SLB</t>
   </si>
   <si>
     <t>#44 Dennis Mears - CB</t>
   </si>
   <si>
-    <t>#20 Jerry Smith - CB</t>
-[...2 lines deleted...]
-    <t>#27 Paul Dixson - CB</t>
+    <t>#39 Jerry Smith - CB</t>
+  </si>
+  <si>
+    <t>#37 Paul Dixson - FS</t>
   </si>
   <si>
     <t>#48 Dennis Moore - FS</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>IND 29</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-1-IND 29 (14:20) 20-Jeffry Douglas ran to IND 33 for 4 yards. Tackle by 35-Robert Miller.</t>
   </si>
   <si>
     <t>#87 Willie Collard - TE</t>
   </si>
   <si>
-    <t>#85 Brian Maag - TE</t>
+    <t>#89 Brian Maag - TE</t>
   </si>
   <si>
     <t>#66 Gregory Adams - RT</t>
   </si>
   <si>
     <t>#64 Jose Schaper - LDE</t>
   </si>
   <si>
     <t>#77 Kevin Soria - DT</t>
   </si>
   <si>
     <t>#55 Harry Johnson - SLB</t>
   </si>
   <si>
     <t>13:43</t>
   </si>
   <si>
     <t>IND 33</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
@@ -500,150 +500,150 @@
   <si>
     <t>3-11-IND 32 (12:30) 6-Brady Durst pass incomplete, dropped by 87-Willie Collard.</t>
   </si>
   <si>
     <t>12:26</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-11-IND 32 (12:27) 7-Gerald Brown punts 50 yards to CIN 19. 40-George Hanson to CIN 27 for 8 yards. Tackle by 37-Gene Sanders.</t>
   </si>
   <si>
     <t>#7 Gerald Brown - P</t>
   </si>
   <si>
     <t>#40 George Hanson - RB</t>
   </si>
   <si>
     <t>#92 Frank Pettie - WLB</t>
   </si>
   <si>
-    <t>#64 Robert Gibson - LG</t>
+    <t>#73 Robert Gibson - LG</t>
   </si>
   <si>
     <t>#60 Stanley Miller - DT</t>
   </si>
   <si>
     <t>#95 Eric Anderson - MLB</t>
   </si>
   <si>
     <t>12:17</t>
   </si>
   <si>
     <t>CIN 27</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle</t>
   </si>
   <si>
     <t>1-10-CIN 27 (12:18) 9-Matthew Kiser pass complete to 83-Raymond Hansen to CIN 35 for 9 yards. Tackle by 29-Kelly Dozier.</t>
   </si>
   <si>
     <t>#9 Matthew Kiser - QB</t>
   </si>
   <si>
-    <t>#23 Garret Tingle - FB</t>
+    <t>#39 Garret Tingle - FB</t>
   </si>
   <si>
     <t>#83 Raymond Hansen - TE</t>
   </si>
   <si>
     <t>#80 Stephan Wilson - WR</t>
   </si>
   <si>
     <t>#88 Dale Howe - WR</t>
   </si>
   <si>
     <t>#69 Lewis Varney - LT</t>
   </si>
   <si>
     <t>#68 Stuart Beck - LG</t>
   </si>
   <si>
     <t>#50 Fred Layden - C</t>
   </si>
   <si>
-    <t>#59 James Richardson - RG</t>
+    <t>#68 James Richardson - RG</t>
   </si>
   <si>
     <t>#78 Albert Ricci - RT</t>
   </si>
   <si>
     <t>#95 Herbert Hage - LDE</t>
   </si>
   <si>
     <t>#74 Willie Nauman - DT</t>
   </si>
   <si>
-    <t>#78 Patrick Mathis - RDE</t>
+    <t>#93 Patrick Mathis - RDE</t>
   </si>
   <si>
     <t>#54 Benjamin Tramel - SLB</t>
   </si>
   <si>
     <t>#50 Edward Colon - WLB</t>
   </si>
   <si>
     <t>11:45</t>
   </si>
   <si>
     <t>Strong I Normal FB Trap Weak</t>
   </si>
   <si>
     <t>3-4 Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-1-CIN 35 (11:44) 23-Garret Tingle ran to CIN 34 for -1 yards. Tackle by 78-Patrick Mathis.</t>
   </si>
   <si>
     <t>11:07</t>
   </si>
   <si>
     <t>CIN 34</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>3-2-CIN 34 (11:06) 40-George Hanson ran to CIN 35 for 1 yards. Tackle by 74-Willie Nauman.</t>
   </si>
   <si>
     <t>#31 David Gentile - RB</t>
   </si>
   <si>
-    <t>#82 Mark Dean - TE</t>
+    <t>#82 Mark Dean - WR</t>
   </si>
   <si>
     <t>10:29</t>
   </si>
   <si>
     <t>4-2-CIN 35 (10:28) 7-Joe Hall punts 50 yards to IND 15. Fair Catch by 89-Thomas Valverde.</t>
   </si>
   <si>
     <t>#7 Joe Hall - P</t>
   </si>
   <si>
     <t>#79 Raymond Griffin - C</t>
   </si>
   <si>
     <t>#89 Thomas Valverde - WR</t>
   </si>
   <si>
     <t>10:20</t>
   </si>
   <si>
     <t>IND 15</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
@@ -1016,51 +1016,51 @@
   <si>
     <t>CIN 16</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>3-5-CIN 16 (9:02) 6-Brady Durst pass Pass knocked down by 20-Jerry Smith. incomplete, intended for 87-Willie Collard.</t>
   </si>
   <si>
     <t>8:58</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-5-CIN 16 (8:59) 16-William Abraham 34 yard field goal is GOOD. IND 3 CIN 0</t>
   </si>
   <si>
     <t>#16 William Abraham - K</t>
   </si>
   <si>
-    <t>#51 Charles Bailey - MLB</t>
+    <t>#55 Charles Bailey - MLB</t>
   </si>
   <si>
     <t>8:56</t>
   </si>
   <si>
     <t>IND 35</t>
   </si>
   <si>
     <t>(8:57) 16-William Abraham kicks 75 yards from IND 35 to CIN -10. Touchback.</t>
   </si>
   <si>
     <t>CIN 25</t>
   </si>
   <si>
     <t>1-10-CIN 25 (8:57) 9-Matthew Kiser pass complete to 80-Stephan Wilson to CIN 30 for 5 yards. Tackle by 37-Gene Sanders.</t>
   </si>
   <si>
     <t>8:16</t>
   </si>
   <si>
     <t>CIN 30</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
@@ -1145,51 +1145,51 @@
   <si>
     <t>IND 37</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>2-12-IND 37 (4:44) 6-Brady Durst pass complete to 20-Jeffry Douglas to IND 42 for 6 yards. Tackle by 53-Harold Jones. IND 20-Jeffry Douglas was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>4:03</t>
   </si>
   <si>
     <t>IND 42</t>
   </si>
   <si>
     <t>3-4 Normal 4 Deep Zone</t>
   </si>
   <si>
     <t>3-6-IND 42 (4:02) 6-Brady Durst pass complete to 46-James Reeves to IND 49 for 7 yards. Tackle by 51-Charles Bailey.</t>
   </si>
   <si>
-    <t>#98 Kevin Bickel - MLB</t>
+    <t>#55 Kevin Bickel - MLB</t>
   </si>
   <si>
     <t>3:29</t>
   </si>
   <si>
     <t>1-10-IND 49 (3:28) 46-James Reeves ran to CIN 49 for 2 yards. Tackle by 35-Robert Miller.</t>
   </si>
   <si>
     <t>2:52</t>
   </si>
   <si>
     <t>CIN 49</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>2-8-CIN 49 (2:51) 6-Brady Durst pass complete to 10-William Hollins to CIN 45 for 4 yards. Tackle by 93-Christopher Soza.</t>
   </si>
   <si>
     <t>2:14</t>
   </si>
   <si>
     <t>3-4-CIN 45 (2:13) 6-Brady Durst pass complete to 10-William Hollins to CIN 30 for 15 yards. Tackle by 33-Robert Saddler. IND 46-James Reeves was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -1319,51 +1319,51 @@
   <si>
     <t>9:49</t>
   </si>
   <si>
     <t>CIN 50</t>
   </si>
   <si>
     <t>1-10-CIN 50 (9:48) 6-Brady Durst pass INTERCEPTED by 93-Christopher Soza at CIN 40. 93-Christopher Soza to CIN 40 for 0 yards. Tackle by 85-Brian Maag.</t>
   </si>
   <si>
     <t>9:42</t>
   </si>
   <si>
     <t>CIN 40</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>1-10-CIN 40 (9:43) 40-George Hanson ran to IND 43 for 17 yards. Tackle by 32-Jonathan Nicholson. CIN 40-George Hanson was injured on the play. He looks like he should be able to return. IND 1-Aaron Hower was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>1-10-IND 43 (8:57) 31-David Gentile ran to IND 42 for 1 yards. Tackle by 78-Patrick Mathis.</t>
   </si>
   <si>
-    <t>#38 Chad Wise - RB</t>
+    <t>#5 Chad Wise - RB</t>
   </si>
   <si>
     <t>8:20</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>2-9-IND 42 (8:19) 31-David Gentile ran to IND 40 for 2 yards. Tackle by 29-Kelly Dozier.</t>
   </si>
   <si>
     <t>7:43</t>
   </si>
   <si>
     <t>IND 40</t>
   </si>
   <si>
     <t>3-8-IND 40 (7:42) 9-Matthew Kiser pass complete to 88-Dale Howe to IND 28 for 13 yards. Tackle by 34-Richard Peeples.</t>
   </si>
   <si>
     <t>7:04</t>
   </si>
   <si>
     <t>1-10-IND 28 (7:03) 9-Matthew Kiser pass incomplete, dropped by 88-Dale Howe.</t>
   </si>