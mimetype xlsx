--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -371,198 +371,198 @@
   <si>
     <t>#10 Robert Neiman - WR</t>
   </si>
   <si>
     <t>#87 Alexander Wong - WR</t>
   </si>
   <si>
     <t>#73 Joseph Pike - LT</t>
   </si>
   <si>
     <t>#20 Robert Hilton - LG</t>
   </si>
   <si>
     <t>#53 William Boner - C</t>
   </si>
   <si>
     <t>#72 Christopher Castillo - RG</t>
   </si>
   <si>
     <t>#82 Eugene Lawrence - RT</t>
   </si>
   <si>
     <t>#75 David Powell - LDE</t>
   </si>
   <si>
-    <t>#98 Marion Chatterton - DT</t>
+    <t>#53 Marion Chatterton - DT</t>
   </si>
   <si>
     <t>#77 John Allen - DT</t>
   </si>
   <si>
     <t>#96 Howard Dark - RDE</t>
   </si>
   <si>
     <t>#53 Roger Price - MLB</t>
   </si>
   <si>
-    <t>#51 Andrew Turner - WLB</t>
+    <t>#41 Andrew Turner - WLB</t>
   </si>
   <si>
     <t>#29 Carlos Hanks - CB</t>
   </si>
   <si>
     <t>#23 Odis Stroud - CB</t>
   </si>
   <si>
     <t>#38 Jacob Hoffman - SS</t>
   </si>
   <si>
     <t>#47 Tristan Herman - SS</t>
   </si>
   <si>
     <t>#27 Stephen Martin - FS</t>
   </si>
   <si>
     <t>14:45</t>
   </si>
   <si>
     <t>SFO 32</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>3-4 Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-SFO 32 (14:46) 5-Howard Ahmad pass complete to 15-Ernest Steele to SFO 23 for 9 yards. Tackle by 54-Troy Nieto. 15-Ernest Steele breaks down the CB.</t>
   </si>
   <si>
     <t>#5 Howard Ahmad - QB</t>
   </si>
   <si>
     <t>#36 Edward Samuel - RB</t>
   </si>
   <si>
-    <t>#44 David Ambrose - FB</t>
+    <t>#43 David Ambrose - FB</t>
   </si>
   <si>
     <t>#87 Anthony Ulrich - TE</t>
   </si>
   <si>
     <t>#15 Ernest Steele - WR</t>
   </si>
   <si>
-    <t>#17 Todd Ayers - WR</t>
+    <t>#87 Todd Ayers - WR</t>
   </si>
   <si>
     <t>#76 Tom Denson - LT</t>
   </si>
   <si>
     <t>#64 Paul Crandell - LG</t>
   </si>
   <si>
-    <t>#70 John Brown - C</t>
+    <t>#59 John Brown - C</t>
   </si>
   <si>
     <t>#65 Clifford Battin - RG</t>
   </si>
   <si>
     <t>#72 Vincent Jolly - RT</t>
   </si>
   <si>
     <t>#75 Charles Lofton - LDE</t>
   </si>
   <si>
     <t>#90 Amos Ong - RDE</t>
   </si>
   <si>
     <t>#56 David Hairston - MLB</t>
   </si>
   <si>
     <t>#45 Donald Reed - CB</t>
   </si>
   <si>
     <t>#29 Casey Stephens - SS</t>
   </si>
   <si>
-    <t>#40 Kevin Rennie - FS</t>
+    <t>#49 Kevin Rennie - FS</t>
   </si>
   <si>
     <t>14:06</t>
   </si>
   <si>
     <t>SFO 23</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>2-1-SFO 23 (14:05) 36-Edward Samuel ran to SFO 22 for 1 yards. 36-Edward Samuel FUMBLES (54-Troy Nieto) recovered by HOU-64-Paul Crandell at SFO 24. Tackle by 54-Troy Nieto.</t>
   </si>
   <si>
     <t>#82 Rafael Cuomo - WR</t>
   </si>
   <si>
     <t>#97 Richard Taliaferro - DT</t>
   </si>
   <si>
     <t>13:24</t>
   </si>
   <si>
     <t>SFO 24</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>3-2-SFO 24 (13:23) 5-Howard Ahmad pass incomplete, intended for 87-Anthony Ulrich.</t>
   </si>
   <si>
     <t>13:19</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-2-SFO 24 (13:20) 19-Robert Davis 42 yard field goal is GOOD. SFO 0 HOU 3</t>
   </si>
   <si>
-    <t>#74 Frank McRoy - LT</t>
-[...2 lines deleted...]
-    <t>#73 David Ross - RT</t>
+    <t>#77 Frank McRoy - LT</t>
+  </si>
+  <si>
+    <t>#70 David Ross - RT</t>
   </si>
   <si>
     <t>#63 Bobby Watkins - RG</t>
   </si>
   <si>
     <t>#60 Gerald Johnson - C</t>
   </si>
   <si>
     <t>#56 Ray Rhea - LG</t>
   </si>
   <si>
     <t>#57 Shawn Kozak - RDE</t>
   </si>
   <si>
     <t>13:16</t>
   </si>
   <si>
     <t>(13:17) 19-Robert Davis kicks 69 yards from HOU 35 to SFO -4. Touchback.</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
@@ -629,51 +629,51 @@
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>3-11-SFO 34 (11:00) 8-Norman Wannamaker pass Pass knocked down by 23-Odis Stroud. incomplete, intended for 43-Randy Eckert.</t>
   </si>
   <si>
     <t>10:55</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-11-SFO 34 (10:56) 18-James Washington punts 48 yards to HOU 17. Fair Catch by 40-Eugene Andersen.</t>
   </si>
   <si>
     <t>#18 James Washington - P</t>
   </si>
   <si>
-    <t>#40 Eugene Andersen - FB</t>
+    <t>#34 Eugene Andersen - FB</t>
   </si>
   <si>
     <t>#33 Richard Hicks - LT</t>
   </si>
   <si>
     <t>#51 Douglas Ibarra - RT</t>
   </si>
   <si>
     <t>10:49</t>
   </si>
   <si>
     <t>HOU 17</t>
   </si>
   <si>
     <t>3-4 Normal Zone Blitz</t>
   </si>
   <si>
     <t>1-10-HOU 17 (10:50) 36-Edward Samuel ran to HOU 18 for 1 yards. Tackle by 64-Scott Martins.</t>
   </si>
   <si>
     <t>10:16</t>
   </si>
   <si>
     <t>HOU 18</t>
   </si>
@@ -776,54 +776,54 @@
   <si>
     <t>#27 Anthony Miller - RB</t>
   </si>
   <si>
     <t>#88 Kevin Arden - TE</t>
   </si>
   <si>
     <t>#13 Earl Wheeler - WR</t>
   </si>
   <si>
     <t>#66 Gary Evans - LG</t>
   </si>
   <si>
     <t>#49 William Howard - MLB</t>
   </si>
   <si>
     <t>#59 Willie Stevenson - WLB</t>
   </si>
   <si>
     <t>#57 Clay Turbeville - WLB</t>
   </si>
   <si>
     <t>#24 Kenneth Tomasini - CB</t>
   </si>
   <si>
-    <t>#41 Chester Highsmith - CB</t>
-[...2 lines deleted...]
-    <t>#43 Kermit Price - FS</t>
+    <t>#21 Chester Highsmith - CB</t>
+  </si>
+  <si>
+    <t>#37 Kermit Price - CB</t>
   </si>
   <si>
     <t>5:55</t>
   </si>
   <si>
     <t>HOU 16</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>2-5-HOU 16 (5:54) 43-Randy Eckert ran to HOU 12 for 4 yards. Tackle by 49-William Howard.</t>
   </si>
   <si>
     <t>#78 Donald Nation - DT</t>
   </si>
   <si>
     <t>5:13</t>
   </si>
   <si>
     <t>HOU 12</t>
   </si>
@@ -893,51 +893,51 @@
   <si>
     <t>(2:23) 12-Edward Davis kicks 71 yards from SFO 35 to HOU -6. Touchback.</t>
   </si>
   <si>
     <t>HOU 25</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>1-10-HOU 25 (2:23) 5-Howard Ahmad pass complete to 87-Anthony Ulrich to HOU 47 for 22 yards. Tackle by 47-Russell Riddle. HOU 76-Tom Denson was injured on the play. He looks like he should be able to return. SFO 40-Kevin Rennie was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>1:47</t>
   </si>
   <si>
     <t>HOU 47</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-HOU 47 (1:46) 36-Edward Samuel ran to SFO 49 for 4 yards. Tackle by 45-Donald Reed. PENALTY - Holding (HOU 87-Anthony Ulrich)</t>
   </si>
   <si>
-    <t>#83 Stevie Manning - TE</t>
+    <t>#80 Stevie Manning - TE</t>
   </si>
   <si>
     <t>#92 Eric Romero - LDE</t>
   </si>
   <si>
     <t>1:41</t>
   </si>
   <si>
     <t>HOU 41</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-16-HOU 41 (1:42) 40-Eugene Andersen ran to HOU 41 for a short loss. Tackle by 52-Kyle Foote.</t>
   </si>
   <si>
     <t>1:00</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>2-16-HOU 41 (0:59) 5-Howard Ahmad pass complete to 83-Stevie Manning to SFO 49 for 10 yards. Tackle by 56-David Hairston.</t>
   </si>