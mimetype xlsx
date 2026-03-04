--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -284,186 +284,186 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>WAS has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>CHI</t>
   </si>
   <si>
     <t>CHI 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Russell Everett kicks 72 yards from CHI 35 to WAS -7. Touchback.</t>
   </si>
   <si>
     <t>#22 Richard Johnson - RB</t>
   </si>
   <si>
-    <t>#90 Joshua Thomas - MLB</t>
+    <t>#98 Joshua Thomas - MLB</t>
   </si>
   <si>
     <t>#72 Richard Ristau - LDE</t>
   </si>
   <si>
     <t>#54 Michael Henderson - WLB</t>
   </si>
   <si>
     <t>#61 Edgar Overturf - DT</t>
   </si>
   <si>
     <t>#62 Don Lilly - LDE</t>
   </si>
   <si>
-    <t>#44 Richard Arwood - CB</t>
-[...2 lines deleted...]
-    <t>#37 Michael Oyler - CB</t>
+    <t>#44 Richard Arwood - FS</t>
+  </si>
+  <si>
+    <t>#37 Michael Oyler - SS</t>
   </si>
   <si>
     <t>#52 Henry Aaron - RDE</t>
   </si>
   <si>
     <t>#75 Jeffery Hodges - DT</t>
   </si>
   <si>
     <t>#96 Vincent Albertson - MLB</t>
   </si>
   <si>
     <t>#3 Russell Everett - K</t>
   </si>
   <si>
     <t>WAS</t>
   </si>
   <si>
     <t>WAS 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-WAS 25 (15:00) 16-William Maheu pass complete to 87-James Spinelli to WAS 33 for 8 yards. Tackle by 40-Robert Vasquez. 87-James Spinelli did some fancy footwork there.</t>
   </si>
   <si>
     <t>#16 William Maheu - QB</t>
   </si>
   <si>
-    <t>#33 Robert Sterling - RB</t>
+    <t>#22 Robert Sterling - RB</t>
   </si>
   <si>
     <t>#86 Michael Massey - WR</t>
   </si>
   <si>
     <t>#10 Ross Connell - WR</t>
   </si>
   <si>
     <t>#87 James Spinelli - WR</t>
   </si>
   <si>
     <t>#60 William Hampton - C</t>
   </si>
   <si>
     <t>#65 Keith Factor - LG</t>
   </si>
   <si>
     <t>#53 Jason Gordon - C</t>
   </si>
   <si>
-    <t>#73 Paul Davis - RG</t>
-[...2 lines deleted...]
-    <t>#68 John Anderson - C</t>
+    <t>#61 Paul Davis - LT</t>
+  </si>
+  <si>
+    <t>#76 John Anderson - C</t>
   </si>
   <si>
     <t>#91 Charles Hensley - RDE</t>
   </si>
   <si>
     <t>#76 Darryl Hurt - DT</t>
   </si>
   <si>
     <t>#95 Keven Swain - DT</t>
   </si>
   <si>
-    <t>#69 John Burns - RDE</t>
-[...2 lines deleted...]
-    <t>#51 Angelo Sadler - MLB</t>
+    <t>#90 John Burns - RDE</t>
+  </si>
+  <si>
+    <t>#99 Angelo Sadler - MLB</t>
   </si>
   <si>
     <t>#50 Donald Kendricks - WLB</t>
   </si>
   <si>
     <t>#35 Danny Matteson - CB</t>
   </si>
   <si>
     <t>#40 Robert Vasquez - CB</t>
   </si>
   <si>
-    <t>#30 Tyrone Iraheta - CB</t>
+    <t>#22 Tyrone Iraheta - CB</t>
   </si>
   <si>
     <t>#49 Donald Cronk - CB</t>
   </si>
   <si>
     <t>#49 Alex Sellers - FS</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>WAS 33</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-2-WAS 33 (14:21) PENALTY - False Start (WAS 35-Steve Stevenson)</t>
   </si>
   <si>
     <t>#28 Randall Merrow - FB</t>
   </si>
   <si>
     <t>#35 Steve Stevenson - FB</t>
   </si>
   <si>
     <t>#84 George Payne - TE</t>
   </si>
   <si>
-    <t>#83 Joe Jackson - TE</t>
+    <t>#73 Joe Jackson - RT</t>
   </si>
   <si>
     <t>#73 Edward Ashby - DT</t>
   </si>
   <si>
     <t>#97 David Dalton - DT</t>
   </si>
   <si>
     <t>#56 Juan Dryden - WLB</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>WAS 28</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-7-WAS 28 (14:21) 16-William Maheu pass Pass knocked down by 56-Juan Dryden. incomplete, intended for 22-Richard Johnson. WAS 53-Jason Gordon was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -530,105 +530,105 @@
   <si>
     <t>11:56</t>
   </si>
   <si>
     <t>WAS 41</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-7-WAS 41 (11:55) 2-Alberto Bilbo punts 44 yards to CHI 16. 38-Peter Hulett to CHI 17 for 1 yards. Tackle by 54-Michael Henderson.</t>
   </si>
   <si>
     <t>#2 Alberto Bilbo - P</t>
   </si>
   <si>
     <t>#38 Peter Hulett - RB</t>
   </si>
   <si>
     <t>#85 Joseph Chandler - TE</t>
   </si>
   <si>
-    <t>#49 Matthew Smith - SS</t>
-[...2 lines deleted...]
-    <t>#23 Steven Dolby - FB</t>
+    <t>#39 Matthew Smith - FS</t>
+  </si>
+  <si>
+    <t>#34 Steven Dolby - FB</t>
   </si>
   <si>
     <t>#93 Charles Woolery - RDE</t>
   </si>
   <si>
     <t>11:46</t>
   </si>
   <si>
     <t>CHI 17</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>1-10-CHI 17 (11:47) 38-Peter Hulett ran to CHI 17 for 1 yards. Tackle by 54-Michael Henderson.</t>
   </si>
   <si>
     <t>#16 Charles Myers - QB</t>
   </si>
   <si>
     <t>#21 Sidney Quisenberry - RB</t>
   </si>
   <si>
     <t>#80 Brent Rendon - WR</t>
   </si>
   <si>
     <t>#85 Dennis Miller - TE</t>
   </si>
   <si>
     <t>#87 Roy Heiss - TE</t>
   </si>
   <si>
     <t>#77 Robert Desrosiers - LT</t>
   </si>
   <si>
     <t>#67 Tommy Brown - LG</t>
   </si>
   <si>
     <t>#60 Horace Taylor - C</t>
   </si>
   <si>
-    <t>#66 Kevin Link - RG</t>
+    <t>#62 Kevin Link - RG</t>
   </si>
   <si>
     <t>#71 Caleb Evelyn - RT</t>
   </si>
   <si>
     <t>#92 Joseph Law - LDE</t>
   </si>
   <si>
-    <t>#76 Clifton Hernandez - DT</t>
+    <t>#75 Clifton Hernandez - DT</t>
   </si>
   <si>
     <t>#59 Juan Deleon - SLB</t>
   </si>
   <si>
     <t>#20 Rodolfo Payne - CB</t>
   </si>
   <si>
     <t>11:08</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-9-CHI 17 (11:07) 38-Peter Hulett ran to CHI 27 for 10 yards. Tackle by 49-Matthew Smith.</t>
   </si>
   <si>
     <t>#14 Francisco Medrano - WR</t>
   </si>
   <si>
     <t>#84 Doug King - WR</t>
   </si>
@@ -689,51 +689,51 @@
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>Nickel 3-3-5 CB1 CB3 Blitz</t>
   </si>
   <si>
     <t>1-10-WAS 44 (8:41) 16-Charles Myers pass complete to 35-Larry Morgan to WAS 34 for 10 yards. Tackle by 54-Michael Henderson.</t>
   </si>
   <si>
     <t>8:01</t>
   </si>
   <si>
     <t>WAS 34</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>2-1-WAS 34 (8:00) 35-Larry Morgan ran to WAS 25 for 9 yards. Tackle by 44-Richard Arwood.</t>
   </si>
   <si>
     <t>#19 Jose Wills - WR</t>
   </si>
   <si>
-    <t>#95 Christopher Butts - MLB</t>
+    <t>#91 Christopher Butts - MLB</t>
   </si>
   <si>
     <t>7:23</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-WAS 25 (7:22) 16-Charles Myers pass Pass knocked down by 37-Michael Oyler. incomplete, intended for 14-Francisco Medrano.</t>
   </si>
   <si>
     <t>7:17</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-10-WAS 25 (7:18) 38-Peter Hulett ran to WAS 24 for 1 yards. Tackle by 61-Edgar Overturf.</t>
   </si>
   <si>
     <t>6:34</t>
   </si>
@@ -746,54 +746,54 @@
   <si>
     <t>3-9-WAS 24 (6:33) 16-Charles Myers pass complete to 10-Zachary Varney to WAS 22 for 2 yards. Tackle by 44-Richard Arwood.</t>
   </si>
   <si>
     <t>5:49</t>
   </si>
   <si>
     <t>WAS 22</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-7-WAS 22 (5:48) 3-Russell Everett 41 yard field goal is GOOD. WAS 0 CHI 3</t>
   </si>
   <si>
     <t>#63 Danny Anderson - LT</t>
   </si>
   <si>
     <t>#65 Peter Ostrowski - RG</t>
   </si>
   <si>
-    <t>#61 Kevin Alder - C</t>
-[...2 lines deleted...]
-    <t>#57 Willard Thomas - RDE</t>
+    <t>#56 Kevin Alder - C</t>
+  </si>
+  <si>
+    <t>#72 Willard Thomas - LDE</t>
   </si>
   <si>
     <t>5:44</t>
   </si>
   <si>
     <t>(5:45) 3-Russell Everett kicks 67 yards from CHI 35 to WAS -2. 22-Richard Johnson to WAS 20 for 22 yards. Tackle by 49-Donald Cronk.</t>
   </si>
   <si>
     <t>5:40</t>
   </si>
   <si>
     <t>WAS 20</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>1-10-WAS 20 (5:41) 21-Travis Lum ran to WAS 31 for 11 yards. Tackle by 49-Alex Sellers.</t>
   </si>
   <si>
     <t>#21 Travis Lum - RB</t>
   </si>
   <si>
     <t>5:04</t>
   </si>
@@ -1313,51 +1313,51 @@
   <si>
     <t>0:30</t>
   </si>
   <si>
     <t>0:27</t>
   </si>
   <si>
     <t>2-2-CHI 43 (0:28) 16-William Maheu pass complete to 10-Ross Connell to CHI 30 for 14 yards. Tackle by 30-Tyrone Iraheta.</t>
   </si>
   <si>
     <t>0:24</t>
   </si>
   <si>
     <t>0:02</t>
   </si>
   <si>
     <t>CHI 30</t>
   </si>
   <si>
     <t>1-10-CHI 30 (0:03) 3-Raymond Fox 47 yard field goal is NO GOOD. (Wide Right)</t>
   </si>
   <si>
     <t>#58 Darnell Cloutier - MLB</t>
   </si>
   <si>
-    <t>#53 Michael Alexander - MLB</t>
+    <t>#98 Michael Alexander - MLB</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 3-Raymond Fox kicks 64 yards from WAS 35 to CHI 1. 38-Peter Hulett for 99yards. TOUCHDOWN! CHI 93-Charles Woolery was injured on the play. He looks like he should be able to return. WAS 0 CHI 17</t>
   </si>
   <si>
     <t>14:45</t>
   </si>
   <si>
     <t>(14:46) Extra point GOOD by 3-Russell Everett. WAS 0 CHI 18</t>
   </si>
   <si>
     <t>(14:46) 3-Russell Everett kicks 75 yards from CHI 35 to WAS -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-WAS 25 (14:46) 16-William Maheu pass INTERCEPTED by 51-Angelo Sadler at WAS 32. 51-Angelo Sadler to WAS 32 for -0 yards. Tackle by 84-George Payne. 49-Alex Sellers got away with a hold on that play. PENALTY - Pass Interference (CHI 51-Angelo Sadler)</t>
   </si>
   <si>
     <t>14:42</t>
   </si>
   <si>
     <t>WAS 32</t>
   </si>