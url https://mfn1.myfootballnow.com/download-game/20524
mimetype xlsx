--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -347,69 +347,69 @@
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-MIN 25 (15:00) 18-Zachery Mendez pass complete to 32-Stanley Eells to MIN 27 for 2 yards. Tackle by 55-Dennis Goodman.</t>
   </si>
   <si>
     <t>#18 Zachery Mendez - QB</t>
   </si>
   <si>
     <t>#25 Joesph Kent - RB</t>
   </si>
   <si>
     <t>#32 Stanley Eells - RB</t>
   </si>
   <si>
     <t>#86 Rudy Stevens - TE</t>
   </si>
   <si>
     <t>#83 William Gorman - WR</t>
   </si>
   <si>
-    <t>#62 Cecil Ruiz - LT</t>
+    <t>#66 Cecil Ruiz - LT</t>
   </si>
   <si>
     <t>#68 Jerome Rice - LG</t>
   </si>
   <si>
     <t>#69 Fred Wilson - RG</t>
   </si>
   <si>
     <t>#64 Tony Knudson - RT</t>
   </si>
   <si>
     <t>#94 John Herzog - LDE</t>
   </si>
   <si>
-    <t>#97 Robert McCullough - DT</t>
-[...2 lines deleted...]
-    <t>#91 Kyle Connor - DT</t>
+    <t>#64 Robert McCullough - LDE</t>
+  </si>
+  <si>
+    <t>#69 Kyle Connor - DT</t>
   </si>
   <si>
     <t>#93 Trenton Larsen - RDE</t>
   </si>
   <si>
     <t>#55 Dennis Goodman - MLB</t>
   </si>
   <si>
     <t>#57 Zane Hall - MLB</t>
   </si>
   <si>
     <t>#31 Jason Forrester - CB</t>
   </si>
   <si>
     <t>#39 Ryan Lane - CB</t>
   </si>
   <si>
     <t>#21 Antonio Cromartie - CB</t>
   </si>
   <si>
     <t>#20 Johnny Pace - SS</t>
   </si>
   <si>
     <t>#29 Robert Eaton - CB</t>
   </si>
@@ -434,51 +434,51 @@
   <si>
     <t>#41 James Nielsen - CB</t>
   </si>
   <si>
     <t>#47 Jamie Miller - CB</t>
   </si>
   <si>
     <t>#26 James Blackwell - FS</t>
   </si>
   <si>
     <t>13:45</t>
   </si>
   <si>
     <t>MIN 36</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>1-10-MIN 36 (13:44) 18-Zachery Mendez pass complete to 81-Kevin Jackson to MIN 45 for 9 yards. Tackle by 29-Robert Eaton. Nice job by 81-Kevin Jackson on that route to lose his coverage. MIN 62-Cecil Ruiz was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#81 Kevin Jackson - WR</t>
   </si>
   <si>
-    <t>#58 Noah McBee - SLB</t>
+    <t>#95 Noah McBee - SLB</t>
   </si>
   <si>
     <t>13:04</t>
   </si>
   <si>
     <t>MIN 45</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>2-1-MIN 45 (13:03) 25-Joesph Kent ran to NYN 46 for 10 yards. Tackle by 39-Ryan Lane.</t>
   </si>
   <si>
     <t>#54 James Huffman - LT</t>
   </si>
   <si>
     <t>12:29</t>
   </si>
   <si>
     <t>NYN 46</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
@@ -506,57 +506,57 @@
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>3-3-NYN 39 (11:19) 25-Joesph Kent ran to NYN 38 for 1 yards. Tackle by 31-Jason Forrester.</t>
   </si>
   <si>
     <t>10:41</t>
   </si>
   <si>
     <t>NYN 38</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-3-NYN 38 (10:40) 10-Jaime Jacobs 56 yard field goal is GOOD. NYN 0 MIN 3</t>
   </si>
   <si>
     <t>#15 George Woodworth - P</t>
   </si>
   <si>
-    <t>#10 Jaime Jacobs - K</t>
+    <t>#5 Jaime Jacobs - K</t>
   </si>
   <si>
     <t>#72 Larry Harding - C</t>
   </si>
   <si>
-    <t>#75 Lewis Page - RG</t>
+    <t>#54 Lewis Page - C</t>
   </si>
   <si>
     <t>#59 Steven Jung - WLB</t>
   </si>
   <si>
     <t>#96 William Garcia - DT</t>
   </si>
   <si>
     <t>#95 Richard Chapin - RDE</t>
   </si>
   <si>
     <t>#99 Andrew Ray - LDE</t>
   </si>
   <si>
     <t>10:36</t>
   </si>
   <si>
     <t>MIN 35</t>
   </si>
   <si>
     <t>(10:37) 10-Jaime Jacobs kicks 75 yards from MIN 35 to NYN -10. Touchback.</t>
   </si>
   <si>
     <t>#35 Vicente Degnan - RB</t>
   </si>
@@ -617,81 +617,81 @@
   <si>
     <t>#44 Miles Blankenship - CB</t>
   </si>
   <si>
     <t>#34 Roland Gibson - FS</t>
   </si>
   <si>
     <t>10:03</t>
   </si>
   <si>
     <t>NYN 32</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>2-3-NYN 32 (10:02) 35-Vicente Degnan ran to NYN 43 for 11 yards. Tackle by 49-Steven Jackson.</t>
   </si>
   <si>
     <t>#86 Jason Roth - TE</t>
   </si>
   <si>
-    <t>#95 Harvey Gill - DT</t>
+    <t>#72 Harvey Gill - DT</t>
   </si>
   <si>
     <t>9:27</t>
   </si>
   <si>
     <t>NYN 43</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-NYN 43 (9:26) 30-Troy Rivers ran to NYN 46 for 3 yards. Tackle by 94-Marvin Smith.</t>
   </si>
   <si>
     <t>8:52</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-7-NYN 46 (8:51) 30-Troy Rivers ran to NYN 45 for a short loss. Tackle by 45-Brett Harris.</t>
   </si>
   <si>
-    <t>#36 Christopher Fry - RB</t>
+    <t>#49 Christopher Fry - RB</t>
   </si>
   <si>
     <t>#12 Nick Terry - WR</t>
   </si>
   <si>
     <t>8:08</t>
   </si>
   <si>
     <t>NYN 45</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>3-7-NYN 45 (8:07) 9-Thomas Parsley pass Pass knocked down by 44-Miles Blankenship. incomplete, intended for 19-Danny Ware.</t>
   </si>
   <si>
     <t>8:03</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
@@ -800,51 +800,51 @@
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-MIN 16 (4:59) 9-Thomas Parsley pass complete to 17-Brandon Saldana to MIN 15 for 2 yards. Tackle by 31-Isaac Millis.</t>
   </si>
   <si>
     <t>4:18</t>
   </si>
   <si>
     <t>MIN 15</t>
   </si>
   <si>
     <t>Shotgun 5 Wide Parallel Slants</t>
   </si>
   <si>
     <t>Quarter Normal CB5 MLB Blitz</t>
   </si>
   <si>
     <t>2-8-MIN 15 (4:17) 9-Thomas Parsley pass complete to 16-Charles Best to MIN 7 for 8 yards. Tackle by 40-Tyler Davis. 16-Charles Best breaks down the CB. MIN 93-Jorge Banda was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#18 Frank Davis - WR</t>
   </si>
   <si>
-    <t>#16 Charles Best - WR</t>
+    <t>#17 Charles Best - WR</t>
   </si>
   <si>
     <t>#28 Thomas Odom - CB</t>
   </si>
   <si>
     <t>#38 Jeremy Negrete - FS</t>
   </si>
   <si>
     <t>3:38</t>
   </si>
   <si>
     <t>MIN 7</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>3-1-MIN 7 (3:37) 30-Troy Rivers ran for 7 yards. TOUCHDOWN! MIN 95-Harvey Gill was injured on the play. He looks like he should be able to return. PENALTY - Holding (NYN 86-Jason Roth)</t>
   </si>
   <si>
     <t>3:33</t>
   </si>
@@ -2262,100 +2262,100 @@
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="321.921" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="57" max="57" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="75" max="75" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="82" max="82" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="82" max="82" width="32.992" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">