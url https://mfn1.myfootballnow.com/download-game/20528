--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -290,51 +290,51 @@
   <si>
     <t>ATL</t>
   </si>
   <si>
     <t>ATL 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 9-Stephen Figaro kicks 74 yards from ATL 35 to TBY -9. Touchback.</t>
   </si>
   <si>
     <t>#15 Erik Acord - WR</t>
   </si>
   <si>
     <t>#30 Brian Cobb - CB</t>
   </si>
   <si>
     <t>#96 John Jackson - DT</t>
   </si>
   <si>
-    <t>#32 Charlie Ramirez - FS</t>
+    <t>#26 Charlie Ramirez - FS</t>
   </si>
   <si>
     <t>#24 Robert Barton - CB</t>
   </si>
   <si>
     <t>#53 Anthony Sipple - MLB</t>
   </si>
   <si>
     <t>#18 Sean Byerly - WR</t>
   </si>
   <si>
     <t>#90 Darrell Toller - MLB</t>
   </si>
   <si>
     <t>#65 John Thomas - DT</t>
   </si>
   <si>
     <t>#67 Carlos Medina - RT</t>
   </si>
   <si>
     <t>#62 Willie Walker - RDE</t>
   </si>
   <si>
     <t>#9 Stephen Figaro - K</t>
   </si>
@@ -365,66 +365,66 @@
   <si>
     <t>#44 Julio Alger - FB</t>
   </si>
   <si>
     <t>#81 Michael Springer - TE</t>
   </si>
   <si>
     <t>#86 Dewayne Raynor - TE</t>
   </si>
   <si>
     <t>#66 Jonathan Haynes - LT</t>
   </si>
   <si>
     <t>#70 Keith Bullins - LG</t>
   </si>
   <si>
     <t>#75 Martin Carney - C</t>
   </si>
   <si>
     <t>#77 Leon Oshea - RG</t>
   </si>
   <si>
     <t>#94 Jose Scott - LDE</t>
   </si>
   <si>
-    <t>#97 Louis Spurgeon - LDE</t>
-[...2 lines deleted...]
-    <t>#96 Michael Jacks - DT</t>
+    <t>#52 Louis Spurgeon - LDE</t>
+  </si>
+  <si>
+    <t>#73 Michael Jacks - DT</t>
   </si>
   <si>
     <t>#91 Joshua Cargile - DT</t>
   </si>
   <si>
     <t>#98 Chester Johnson - RDE</t>
   </si>
   <si>
     <t>#56 Rayford Russell - SLB</t>
   </si>
   <si>
-    <t>#59 James Taylor - MLB</t>
+    <t>#4 James Taylor - FS</t>
   </si>
   <si>
     <t>#95 Joseph Nunez - WLB</t>
   </si>
   <si>
     <t>#40 Justin Mizell - CB</t>
   </si>
   <si>
     <t>#28 John Porter - CB</t>
   </si>
   <si>
     <t>#2 Malcom Brown - SS</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>TBY 39</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
@@ -473,90 +473,90 @@
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-9-TBY 40 (14:11) 17-Matthew Blankenship punts 44 yards to ATL 16. Fair Catch by 11-David Wilkins.</t>
   </si>
   <si>
     <t>#17 Matthew Blankenship - P</t>
   </si>
   <si>
     <t>#11 David Wilkins - WR</t>
   </si>
   <si>
     <t>#24 Jeffrey Oreilly - CB</t>
   </si>
   <si>
     <t>#83 Henry Allen - TE</t>
   </si>
   <si>
     <t>#30 Jack Prescott - FS</t>
   </si>
   <si>
-    <t>#99 Jimmy Deleon - MLB</t>
+    <t>#56 Jimmy Deleon - MLB</t>
   </si>
   <si>
     <t>#63 John Pettis - RG</t>
   </si>
   <si>
     <t>#55 Steven Olivo - RG</t>
   </si>
   <si>
     <t>#52 Jay Davis - WLB</t>
   </si>
   <si>
     <t>14:04</t>
   </si>
   <si>
     <t>ATL 16</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>1-10-ATL 16 (14:05) 47-Frank Upshaw ran to ATL 15 for -1 yards. Tackle by 65-John Thomas.</t>
   </si>
   <si>
     <t>#1 Rodney McRoberts - QB</t>
   </si>
   <si>
     <t>#47 Frank Upshaw - RB</t>
   </si>
   <si>
     <t>#34 Clifford Stith - RB</t>
   </si>
   <si>
-    <t>#31 James Fitzpatrick - FB</t>
+    <t>#41 James Fitzpatrick - FB</t>
   </si>
   <si>
     <t>#81 Toby Gill - TE</t>
   </si>
   <si>
-    <t>#10 Elliot Stephenson - WR</t>
+    <t>#11 Elliot Stephenson - WR</t>
   </si>
   <si>
     <t>#63 Edward Collins - LT</t>
   </si>
   <si>
     <t>#50 Brian Smith - LG</t>
   </si>
   <si>
     <t>#78 Robert Williams - C</t>
   </si>
   <si>
     <t>#77 Jose Herrera - RG</t>
   </si>
   <si>
     <t>#75 Hector Burr - RT</t>
   </si>
   <si>
     <t>#92 Thomas Marrs - RDE</t>
   </si>
   <si>
     <t>#50 John Miller - LDE</t>
   </si>
   <si>
     <t>#74 Lawerence Garcia - SLB</t>
   </si>
@@ -632,51 +632,51 @@
   <si>
     <t>12:06</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>3-9-ATL 15 (12:07) 10-Ted Bryant pass complete to 81-Michael Springer for 15 yards. TOUCHDOWN! ATL 0 TBY 6</t>
   </si>
   <si>
     <t>12:02</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(12:03) Extra point by 13-Thomas Bennett is NO GOOD. (Wide Right) TBY 96-John Jackson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#13 Thomas Bennett - K</t>
+    <t>#7 Thomas Bennett - K</t>
   </si>
   <si>
     <t>#33 Edward Okeefe - SS</t>
   </si>
   <si>
     <t>#93 Nathan Dooley - DT</t>
   </si>
   <si>
     <t>#43 Doug Boone - MLB</t>
   </si>
   <si>
     <t>TBY 35</t>
   </si>
   <si>
     <t>(12:03) 13-Thomas Bennett kicks 69 yards from TBY 35 to ATL -4. Touchback.</t>
   </si>
   <si>
     <t>#54 Jimmie Robinson - RG</t>
   </si>
   <si>
     <t>ATL 25</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
@@ -2210,52 +2210,52 @@
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="26.993" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>