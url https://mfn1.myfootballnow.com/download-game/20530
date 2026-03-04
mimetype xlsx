--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -293,51 +293,51 @@
   <si>
     <t>WAS 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Raymond Fox kicks 70 yards from WAS 35 to PHI -5. Touchback.</t>
   </si>
   <si>
     <t>#81 Aaron Williams - WR</t>
   </si>
   <si>
     <t>#96 Richard Langston - WLB</t>
   </si>
   <si>
     <t>#63 Kenneth Ireland - DT</t>
   </si>
   <si>
     <t>#75 Randall Baker - RDE</t>
   </si>
   <si>
-    <t>#97 John Babich - WLB</t>
+    <t>#78 John Babich - LDE</t>
   </si>
   <si>
     <t>#64 Delbert Chung - DT</t>
   </si>
   <si>
     <t>#39 Robert Credle - FS</t>
   </si>
   <si>
     <t>#55 Bernard Livingston - MLB</t>
   </si>
   <si>
     <t>#42 Fred Rice - SS</t>
   </si>
   <si>
     <t>#44 Marvin Kuhn - CB</t>
   </si>
   <si>
     <t>#29 Ernest Sievert - CB</t>
   </si>
   <si>
     <t>#3 Raymond Fox - K</t>
   </si>
   <si>
     <t>PHI</t>
   </si>
@@ -359,285 +359,285 @@
   <si>
     <t>#47 Timothy Villarreal - RB</t>
   </si>
   <si>
     <t>#25 James Donovan - FB</t>
   </si>
   <si>
     <t>#82 John Vickers - TE</t>
   </si>
   <si>
     <t>#85 Enrique Jones - WR</t>
   </si>
   <si>
     <t>#67 Curtis Davis - RT</t>
   </si>
   <si>
     <t>#51 Nelson Devore - RG</t>
   </si>
   <si>
     <t>#53 Thomas Moore - C</t>
   </si>
   <si>
     <t>#70 Clinton Kaczor - RG</t>
   </si>
   <si>
-    <t>#77 Douglas Landry - RT</t>
+    <t>#67 Douglas Landry - RT</t>
   </si>
   <si>
     <t>#62 Don Lilly - LDE</t>
   </si>
   <si>
     <t>#61 Edgar Overturf - DT</t>
   </si>
   <si>
-    <t>#76 Clifton Hernandez - DT</t>
+    <t>#75 Clifton Hernandez - DT</t>
   </si>
   <si>
     <t>#52 Henry Aaron - RDE</t>
   </si>
   <si>
     <t>#59 Juan Deleon - SLB</t>
   </si>
   <si>
     <t>#96 Vincent Albertson - MLB</t>
   </si>
   <si>
     <t>#54 Michael Henderson - WLB</t>
   </si>
   <si>
-    <t>#37 Michael Oyler - CB</t>
+    <t>#37 Michael Oyler - SS</t>
   </si>
   <si>
     <t>#20 Rodolfo Payne - CB</t>
   </si>
   <si>
-    <t>#49 Matthew Smith - SS</t>
+    <t>#39 Matthew Smith - FS</t>
   </si>
   <si>
     <t>#38 William Getz - FS</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-10-PHI 25 (14:57) 14-Jason Nevels pass complete to 81-Aaron Williams to PHI 44 for 19 yards.</t>
   </si>
   <si>
     <t>#15 Cody Schmidt - WR</t>
   </si>
   <si>
-    <t>#44 Richard Arwood - CB</t>
+    <t>#44 Richard Arwood - FS</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>PHI 44</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>1-10-PHI 44 (14:16) 14-Jason Nevels pass incomplete, dropped by 15-Cody Schmidt.</t>
   </si>
   <si>
     <t>14:11</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Normal 4 Deep Zone Under</t>
   </si>
   <si>
     <t>2-10-PHI 44 (14:12) 47-Timothy Villarreal ran to PHI 50 for 5 yards. Tackle by 38-William Getz.</t>
   </si>
   <si>
-    <t>#90 Joshua Thomas - MLB</t>
+    <t>#98 Joshua Thomas - MLB</t>
   </si>
   <si>
     <t>13:35</t>
   </si>
   <si>
     <t>PHI 50</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>3-5-PHI 50 (13:34) 14-Jason Nevels pass complete to 85-Enrique Jones to WAS 8 for 42 yards. Tackle by 59-Juan Deleon. 85-Enrique Jones did some fancy footwork there.</t>
   </si>
   <si>
     <t>#34 James McGahey - RB</t>
   </si>
   <si>
     <t>12:46</t>
   </si>
   <si>
     <t>WAS 8</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>1-8-WAS 8 (12:45) 14-Jason Nevels pass Pass knocked down by 37-Michael Oyler. incomplete, intended for 47-Timothy Villarreal.</t>
   </si>
   <si>
     <t>#81 Robin Galaz - WR</t>
   </si>
   <si>
     <t>#16 Stephen Sullivan - WR</t>
   </si>
   <si>
-    <t>#95 Christopher Butts - MLB</t>
+    <t>#91 Christopher Butts - MLB</t>
   </si>
   <si>
     <t>12:40</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-8-WAS 8 (12:41) 47-Timothy Villarreal ran to WAS 4 for 5 yards. Tackle by 90-Joshua Thomas.</t>
   </si>
   <si>
     <t>#83 Timothy Moore - TE</t>
   </si>
   <si>
     <t>12:02</t>
   </si>
   <si>
     <t>WAS 4</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>3-4-WAS 4 (12:01) 34-James McGahey ran to WAS 2 for 1 yards. Tackle by 62-Don Lilly.</t>
   </si>
   <si>
     <t>11:28</t>
   </si>
   <si>
     <t>WAS 2</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-2-WAS 2 (11:27) 10-Mark Graham 21 yard field goal is GOOD. WAS 0 PHI 3</t>
   </si>
   <si>
-    <t>#10 Mark Graham - K</t>
-[...2 lines deleted...]
-    <t>#60 Jordan Su - C</t>
+    <t>#13 Mark Graham - K</t>
+  </si>
+  <si>
+    <t>#57 Jordan Su - C</t>
   </si>
   <si>
     <t>#71 Gregory Martinez - RG</t>
   </si>
   <si>
-    <t>#57 Willard Thomas - RDE</t>
+    <t>#72 Willard Thomas - LDE</t>
   </si>
   <si>
     <t>#50 Donnie Putnam - RT</t>
   </si>
   <si>
     <t>#72 Richard Ristau - LDE</t>
   </si>
   <si>
     <t>11:24</t>
   </si>
   <si>
     <t>PHI 35</t>
   </si>
   <si>
     <t>(11:25) 10-Mark Graham kicks 72 yards from PHI 35 to WAS -7. 22-Richard Johnson to WAS 14 for 22 yards. Tackle by 29-Ernest Sievert.</t>
   </si>
   <si>
     <t>#22 Richard Johnson - RB</t>
   </si>
   <si>
     <t>#75 Jeffery Hodges - DT</t>
   </si>
   <si>
     <t>11:21</t>
   </si>
   <si>
     <t>WAS 14</t>
   </si>
   <si>
     <t>1-10-WAS 14 (11:22) 16-William Maheu sacked at WAS 7 for -8 yards (90-Derek Hassler). Sack allowed by 68-John Anderson. 68-John Anderson totally missed that block. PENALTY - Offsides (PHI 75-Randall Baker)</t>
   </si>
   <si>
     <t>#16 William Maheu - QB</t>
   </si>
   <si>
-    <t>#33 Robert Sterling - RB</t>
+    <t>#22 Robert Sterling - RB</t>
   </si>
   <si>
     <t>#35 Steve Stevenson - FB</t>
   </si>
   <si>
     <t>#84 George Payne - TE</t>
   </si>
   <si>
     <t>#86 Michael Massey - WR</t>
   </si>
   <si>
     <t>#87 James Spinelli - WR</t>
   </si>
   <si>
     <t>#79 Kim Allen - LT</t>
   </si>
   <si>
     <t>#53 Jason Gordon - C</t>
   </si>
   <si>
     <t>#60 William Hampton - C</t>
   </si>
   <si>
-    <t>#73 Paul Davis - RG</t>
-[...2 lines deleted...]
-    <t>#68 John Anderson - C</t>
+    <t>#61 Paul Davis - LT</t>
+  </si>
+  <si>
+    <t>#76 John Anderson - C</t>
   </si>
   <si>
     <t>#90 Derek Hassler - LDE</t>
   </si>
   <si>
     <t>#69 Michael Vicente - DT</t>
   </si>
   <si>
     <t>#52 Ronnie Inman - MLB</t>
   </si>
   <si>
     <t>11:18</t>
   </si>
   <si>
     <t>WAS 19</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-5-WAS 19 (11:19) 16-William Maheu pass Pass knocked down by 29-Ernest Sievert. incomplete, intended for 86-Michael Massey.</t>
   </si>
@@ -878,51 +878,51 @@
   <si>
     <t>WAS 26</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>3-4 Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-WAS 26 (4:45) 33-Robert Sterling ran to WAS 27 for 1 yards. Tackle by 75-Randall Baker.</t>
   </si>
   <si>
     <t>4:07</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-9-WAS 27 (4:06) 22-Richard Johnson ran to WAS 32 for 5 yards. Tackle by 44-Marvin Kuhn.</t>
   </si>
   <si>
-    <t>#83 Joe Jackson - TE</t>
+    <t>#73 Joe Jackson - RT</t>
   </si>
   <si>
     <t>3:33</t>
   </si>
   <si>
     <t>WAS 32</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>3-4-WAS 32 (3:32) 22-Richard Johnson ran to WAS 32 for a short gain. Tackle by 96-Richard Langston.</t>
   </si>
   <si>
     <t>3:00</t>
   </si>
   <si>
     <t>4-4-WAS 32 (2:59) 2-Alberto Bilbo punts 62 yards to PHI 6.</t>
   </si>
   <si>
     <t>2:48</t>
   </si>
@@ -1103,51 +1103,51 @@
   <si>
     <t>2-10-WAS 30 (10:10) 22-Richard Johnson ran to WAS 34 for 4 yards. Tackle by 52-Ronnie Inman.</t>
   </si>
   <si>
     <t>9:29</t>
   </si>
   <si>
     <t>WAS 34</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>3-6-WAS 34 (9:28) 16-William Maheu pass complete to 87-James Spinelli for 66 yards. TOUCHDOWN! WAS 6 PHI 13</t>
   </si>
   <si>
     <t>9:17</t>
   </si>
   <si>
     <t>PHI 15</t>
   </si>
   <si>
     <t>(9:18) Extra point by 3-Raymond Fox is NO GOOD. (Wide Right)</t>
   </si>
   <si>
-    <t>#23 Steven Dolby - FB</t>
+    <t>#34 Steven Dolby - FB</t>
   </si>
   <si>
     <t>#55 Edgar Moffett - WLB</t>
   </si>
   <si>
     <t>(9:18) 3-Raymond Fox kicks 65 yards from WAS 35 to PHI 0. 81-Aaron Williams to PHI 31 for 32 yards. Tackle by 37-Michael Oyler.</t>
   </si>
   <si>
     <t>9:12</t>
   </si>
   <si>
     <t>1-10-PHI 31 (9:13) 47-Timothy Villarreal ran to PHI 31 for a short gain. Tackle by 59-Juan Deleon.</t>
   </si>
   <si>
     <t>8:28</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>2-10-PHI 31 (8:27) 47-Timothy Villarreal ran to PHI 32 for a short gain. Tackle by 52-Henry Aaron. PENALTY - Offsides (WAS 62-Don Lilly)</t>
   </si>
   <si>
     <t>8:24</t>
   </si>