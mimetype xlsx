--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -287,66 +287,66 @@
   <si>
     <t>IND has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>NYA</t>
   </si>
   <si>
     <t>NYA 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 5-David Schwartz kicks 75 yards from NYA 35 to IND -10. Touchback.</t>
   </si>
   <si>
     <t>#11 Lorenzo Davis - WR</t>
   </si>
   <si>
     <t>#32 Jonathan Nicholson - FS</t>
   </si>
   <si>
-    <t>#1 Aaron Hower - FS</t>
-[...2 lines deleted...]
-    <t>#68 Darryl Leslie - DT</t>
+    <t>#42 Aaron Hower - FS</t>
+  </si>
+  <si>
+    <t>#67 Darryl Leslie - DT</t>
   </si>
   <si>
     <t>#29 Kelly Dozier - SS</t>
   </si>
   <si>
     <t>#99 George Ellis - DT</t>
   </si>
   <si>
-    <t>#24 Michael Howe - SS</t>
-[...2 lines deleted...]
-    <t>#37 Gene Sanders - FS</t>
+    <t>#27 Michael Howe - SS</t>
+  </si>
+  <si>
+    <t>#28 Gene Sanders - CB</t>
   </si>
   <si>
     <t>#59 John Lee - MLB</t>
   </si>
   <si>
     <t>#58 Eric Cruz - MLB</t>
   </si>
   <si>
     <t>#34 Richard Peeples - FS</t>
   </si>
   <si>
     <t>#5 David Schwartz - K</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>IND 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
@@ -377,93 +377,93 @@
   <si>
     <t>#71 David Wright - C</t>
   </si>
   <si>
     <t>#75 Shane Conway - RG</t>
   </si>
   <si>
     <t>#66 Gregory Adams - RT</t>
   </si>
   <si>
     <t>#71 Ralph Roberts - LDE</t>
   </si>
   <si>
     <t>#65 George Vera - DT</t>
   </si>
   <si>
     <t>#76 Richard Britt - DT</t>
   </si>
   <si>
     <t>#74 Chris Kushner - RDE</t>
   </si>
   <si>
     <t>#97 Edward Dominguez - MLB</t>
   </si>
   <si>
-    <t>#41 Charles Wagner - WLB</t>
+    <t>#51 Charles Wagner - WLB</t>
   </si>
   <si>
     <t>#27 Eric Jones - CB</t>
   </si>
   <si>
     <t>#29 Randy Kramer - CB</t>
   </si>
   <si>
     <t>#36 Charles Glover - CB</t>
   </si>
   <si>
     <t>#21 William Lachance - SS</t>
   </si>
   <si>
     <t>#39 Theron Goodwin - FS</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>IND 32</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>2-3-IND 32 (14:21) 6-Brady Durst ran to IND 36 for 4 yards. Tackle by 41-Charles Wagner.</t>
   </si>
   <si>
     <t>#46 James Reeves - FB</t>
   </si>
   <si>
     <t>#87 Willie Collard - TE</t>
   </si>
   <si>
     <t>#72 Truman Ojeda - C</t>
   </si>
   <si>
-    <t>#54 Thomas Lenihan - SLB</t>
+    <t>#57 Thomas Lenihan - SLB</t>
   </si>
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>IND 36</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-IND 36 (13:39) 41-Robert Palmer ran to IND 44 for 8 yards. Tackle by 27-Eric Jones.</t>
   </si>
   <si>
     <t>#50 James Ramirez - MLB</t>
   </si>
   <si>
     <t>13:03</t>
   </si>
   <si>
     <t>IND 44</t>
   </si>
@@ -548,165 +548,165 @@
   <si>
     <t>4-12-IND 46 (11:01) 7-Gerald Brown punts 50 yards to NYA 5.</t>
   </si>
   <si>
     <t>#7 Gerald Brown - P</t>
   </si>
   <si>
     <t>#40 Jose Hernandez - RB</t>
   </si>
   <si>
     <t>#88 Kyle Sloan - WR</t>
   </si>
   <si>
     <t>#1 James Woodruff - CB</t>
   </si>
   <si>
     <t>#72 Donald Stjohn - LT</t>
   </si>
   <si>
     <t>#42 Thomas Burrow - CB</t>
   </si>
   <si>
     <t>#52 Jorge Garces - RT</t>
   </si>
   <si>
-    <t>#64 Robert Gibson - LG</t>
-[...2 lines deleted...]
-    <t>#38 John Stewart - CB</t>
+    <t>#73 Robert Gibson - LG</t>
+  </si>
+  <si>
+    <t>#45 John Stewart - CB</t>
   </si>
   <si>
     <t>10:50</t>
   </si>
   <si>
     <t>NYA 5</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-NYA 5 (10:51) 10-Gregory Moran pass Pass knocked down by 59-John Lee. incomplete, intended for 40-Jose Hernandez. IND 74-Willie Nauman was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#10 Gregory Moran - QB</t>
   </si>
   <si>
     <t>#30 Gerald Bartholomew - FB</t>
   </si>
   <si>
     <t>#84 Brian Kucera - TE</t>
   </si>
   <si>
     <t>#80 Charles Davis - WR</t>
   </si>
   <si>
     <t>#89 David Rodriquez - WR</t>
   </si>
   <si>
     <t>#73 Travis Miller - LT</t>
   </si>
   <si>
     <t>#67 Robert Contreras - LG</t>
   </si>
   <si>
-    <t>#59 Michael Brandy - C</t>
+    <t>#59 Michael Brandy - RT</t>
   </si>
   <si>
     <t>#51 Brad Contreras - RG</t>
   </si>
   <si>
     <t>#69 Michael Earl - RT</t>
   </si>
   <si>
     <t>#95 Herbert Hage - LDE</t>
   </si>
   <si>
     <t>#74 Willie Nauman - DT</t>
   </si>
   <si>
     <t>#60 Stanley Miller - DT</t>
   </si>
   <si>
-    <t>#78 Patrick Mathis - RDE</t>
+    <t>#93 Patrick Mathis - RDE</t>
   </si>
   <si>
     <t>#54 Benjamin Tramel - SLB</t>
   </si>
   <si>
     <t>#50 Edward Colon - WLB</t>
   </si>
   <si>
     <t>10:47</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>2-10-NYA 5 (10:48) 10-Gregory Moran pass complete to 84-Brian Kucera to NYA 11 for 7 yards. Tackle by 37-Gene Sanders. 84-Brian Kucera breaks down the CB.</t>
   </si>
   <si>
-    <t>#25 Steven Bennett - RB</t>
+    <t>#25 Steven Bennett - TE</t>
   </si>
   <si>
     <t>#90 Williams Richardson - RDE</t>
   </si>
   <si>
     <t>10:03</t>
   </si>
   <si>
     <t>NYA 11</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>3-3-NYA 11 (10:02) 40-Jose Hernandez ran to NYA 12 for 1 yards. Tackle by 54-Benjamin Tramel.</t>
   </si>
   <si>
     <t>#81 Ray Palmer - TE</t>
   </si>
   <si>
     <t>9:19</t>
   </si>
   <si>
     <t>NYA 12</t>
   </si>
   <si>
     <t>4-3-NYA 12 (9:18) 7-Richard Pearce punts 44 yards to IND 44. Fair Catch by 89-Thomas Valverde.</t>
   </si>
   <si>
     <t>#7 Richard Pearce - P</t>
   </si>
   <si>
     <t>#89 Thomas Valverde - WR</t>
   </si>
   <si>
-    <t>#66 Harold Jackson - RT</t>
+    <t>#66 Harold Jackson - LT</t>
   </si>
   <si>
     <t>9:10</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-IND 44 (9:11) 41-Robert Palmer ran to IND 47 for 3 yards. Tackle by 39-Theron Goodwin.</t>
   </si>
   <si>
     <t>8:33</t>
   </si>
   <si>
     <t>IND 47</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>2-7-IND 47 (8:32) 41-Robert Palmer ran to IND 49 for 2 yards. Tackle by 27-Eric Jones.</t>
   </si>
@@ -968,51 +968,51 @@
   <si>
     <t>(12:01) 5-David Schwartz kicks 74 yards from NYA 35 to IND -9. 11-Lorenzo Davis to IND 19 for 28 yards. Tackle by 42-Thomas Burrow.</t>
   </si>
   <si>
     <t>11:56</t>
   </si>
   <si>
     <t>1-10-IND 19 (11:57) 6-Brady Durst pass complete to 46-James Reeves to IND 20 for 1 yards. Tackle by 50-James Ramirez.</t>
   </si>
   <si>
     <t>#62 John Maurer - DT</t>
   </si>
   <si>
     <t>11:19</t>
   </si>
   <si>
     <t>IND 20</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>2-9-IND 20 (11:18) PENALTY - False Start (IND 72-Truman Ojeda)</t>
   </si>
   <si>
-    <t>#85 Brian Maag - TE</t>
+    <t>#89 Brian Maag - TE</t>
   </si>
   <si>
     <t>11:17</t>
   </si>
   <si>
     <t>IND 15</t>
   </si>
   <si>
     <t>2-14-IND 15 (11:18) 6-Brady Durst pass Pass knocked down by 36-Charles Glover. incomplete, intended for 11-Lorenzo Davis.</t>
   </si>
   <si>
     <t>11:15</t>
   </si>
   <si>
     <t>3-14-IND 15 (11:16) 6-Brady Durst pass complete to 41-Robert Palmer to IND 30 for 15 yards. Tackle by 27-Eric Jones. 36-Charles Glover got away with a hold on that play.</t>
   </si>
   <si>
     <t>10:34</t>
   </si>
   <si>
     <t>IND 30</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
@@ -1025,54 +1025,54 @@
   <si>
     <t>1-20-IND 20 (10:30) 6-Brady Durst pass complete to 21-Jewel Leger to IND 35 for 14 yards. Tackle by 27-Eric Jones. Nice job by 21-Jewel Leger on that route to lose his coverage.</t>
   </si>
   <si>
     <t>9:53</t>
   </si>
   <si>
     <t>2-6-IND 35 (9:52) 6-Brady Durst pass complete to 41-Robert Palmer to IND 42 for 7 yards. Tackle by 41-Charles Wagner. 41-Robert Palmer did some fancy footwork there. Pressure by 71-Ralph Roberts.</t>
   </si>
   <si>
     <t>#96 Nathaniel Ellis - MLB</t>
   </si>
   <si>
     <t>9:13</t>
   </si>
   <si>
     <t>IND 42</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-IND 42 (9:12) 6-Brady Durst pass incomplete, intended for 11-Lorenzo Davis. NYA 76-Richard Britt was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#33 Ronald McDaniels - SS</t>
-[...2 lines deleted...]
-    <t>#48 Andrew Hood - SS</t>
+    <t>#25 Ronald McDaniels - SS</t>
+  </si>
+  <si>
+    <t>#69 Andrew Hood - LDE</t>
   </si>
   <si>
     <t>9:07</t>
   </si>
   <si>
     <t>2-10-IND 42 (9:08) 41-Robert Palmer ran to IND 41 for -1 yards. Tackle by 97-Edward Dominguez.</t>
   </si>
   <si>
     <t>8:26</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>3-11-IND 41 (8:25) 6-Brady Durst pass complete to 14-Robert Patterson to NYA 46 for 13 yards. Tackle by 29-Randy Kramer.</t>
   </si>
   <si>
     <t>7:44</t>
   </si>
   <si>
     <t>NYA 46</t>
   </si>
   <si>
     <t>Shotgun Normal HB Dive</t>
   </si>
@@ -2163,73 +2163,73 @@
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="305.497" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>