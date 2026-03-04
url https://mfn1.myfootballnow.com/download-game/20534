--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -299,105 +299,105 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 18-Brain McClure kicks 62 yards from ARZ 35 to CAR 3. 32-Chris Harrington to CAR 22 for 19 yards. Tackle by 39-William Frye.</t>
   </si>
   <si>
     <t>#32 Chris Harrington - RB</t>
   </si>
   <si>
     <t>#82 Kirk Oakes - TE</t>
   </si>
   <si>
     <t>#61 Jonathan Runyan - DT</t>
   </si>
   <si>
     <t>#23 Scott Anderson - CB</t>
   </si>
   <si>
     <t>#90 John Betts - MLB</t>
   </si>
   <si>
     <t>#98 Joseph Olson - MLB</t>
   </si>
   <si>
-    <t>#66 Matthew Eskridge - RT</t>
+    <t>#77 Matthew Eskridge - RT</t>
   </si>
   <si>
     <t>#37 Jamey Jim - CB</t>
   </si>
   <si>
-    <t>#18 Conrad Bailey - WR</t>
+    <t>#81 Conrad Bailey - WR</t>
   </si>
   <si>
     <t>#94 Garland Lauritzen - MLB</t>
   </si>
   <si>
     <t>#79 David Epstein - LDE</t>
   </si>
   <si>
     <t>#18 Brain McClure - K</t>
   </si>
   <si>
     <t>CAR</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>CAR 22</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-CAR 22 (14:57) 4-Harold Webb pass Pass knocked down by 55-Charles Mauzy. incomplete, intended for 85-Max Turner.</t>
   </si>
   <si>
     <t>#4 Harold Webb - QB</t>
   </si>
   <si>
     <t>#29 Robert Probst - RB</t>
   </si>
   <si>
     <t>#88 Brandon Barnes - TE</t>
   </si>
   <si>
-    <t>#85 Max Turner - WR</t>
-[...2 lines deleted...]
-    <t>#17 Kenneth Berry - WR</t>
+    <t>#12 Max Turner - WR</t>
+  </si>
+  <si>
+    <t>#15 Kenneth Berry - WR</t>
   </si>
   <si>
     <t>#70 Charles Houston - LT</t>
   </si>
   <si>
-    <t>#60 Erin Hale - LG</t>
+    <t>#76 Erin Hale - LT</t>
   </si>
   <si>
     <t>#58 Teddy Gardner - C</t>
   </si>
   <si>
     <t>#67 Charles Smith - RG</t>
   </si>
   <si>
     <t>#99 Raymond Mackin - LDE</t>
   </si>
   <si>
     <t>#69 Jimmy McKeown - DT</t>
   </si>
   <si>
     <t>#72 Javier Mulholland - DT</t>
   </si>
   <si>
     <t>#92 James Moore - RDE</t>
   </si>
   <si>
     <t>#98 Luis Elder - WLB</t>
   </si>
   <si>
     <t>#96 Howard Schmidt - MLB</t>
   </si>
@@ -440,51 +440,51 @@
   <si>
     <t>#91 Philip Lowe - MLB</t>
   </si>
   <si>
     <t>14:50</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>3-10-CAR 22 (14:51) 4-Harold Webb pass Pass knocked down by 40-Jimmy Cook. incomplete, intended for 85-Max Turner.</t>
   </si>
   <si>
     <t>14:47</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-10-CAR 22 (14:48) 13-Dustin Christensen punts 50 yards to ARZ 29. Fair Catch by 10-Frederick Lancaster.</t>
   </si>
   <si>
-    <t>#13 Dustin Christensen - P</t>
+    <t>#4 Dustin Christensen - P</t>
   </si>
   <si>
     <t>#10 Frederick Lancaster - WR</t>
   </si>
   <si>
     <t>#75 Richard Gullion - RT</t>
   </si>
   <si>
     <t>#77 Raymond Johnson - LT</t>
   </si>
   <si>
     <t>#79 Jeffrey Lauderdale - DT</t>
   </si>
   <si>
     <t>14:40</t>
   </si>
   <si>
     <t>ARZ 29</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
@@ -506,51 +506,51 @@
   <si>
     <t>#13 Andrew Hopkins - WR</t>
   </si>
   <si>
     <t>#68 William Holmes - LT</t>
   </si>
   <si>
     <t>#64 Larry Wilson - LG</t>
   </si>
   <si>
     <t>#78 Howard Green - C</t>
   </si>
   <si>
     <t>#67 John Smith - RG</t>
   </si>
   <si>
     <t>#52 Joseph Hicks - RT</t>
   </si>
   <si>
     <t>#96 Gerald Chappell - LDE</t>
   </si>
   <si>
     <t>#69 William Hamilton - DT</t>
   </si>
   <si>
-    <t>#53 Albert Harvey - WLB</t>
+    <t>#91 Albert Harvey - WLB</t>
   </si>
   <si>
     <t>#30 Everett Watson - CB</t>
   </si>
   <si>
     <t>#48 James Carswell - SS</t>
   </si>
   <si>
     <t>#27 Bernie Bell - FS</t>
   </si>
   <si>
     <t>14:03</t>
   </si>
   <si>
     <t>ARZ 32</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>2-7-ARZ 32 (14:02) 6-Darryl Holley ran to ARZ 44 for 13 yards. Tackle by 37-Jamey Jim.</t>
   </si>
@@ -2394,69 +2394,69 @@
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="305.497" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="32.992" bestFit="true" customWidth="true" style="0"/>