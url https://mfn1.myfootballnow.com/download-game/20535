--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -293,51 +293,51 @@
   <si>
     <t>DET 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 18-James White kicks 75 yards from DET 35 to DEN -10. Touchback.</t>
   </si>
   <si>
     <t>#19 Francis Adams - WR</t>
   </si>
   <si>
     <t>#56 Jeffery Patterson - SLB</t>
   </si>
   <si>
     <t>#91 Troy Barrios - DT</t>
   </si>
   <si>
     <t>#44 Roger Leonard - MLB</t>
   </si>
   <si>
-    <t>#50 Jeffrey Torres - DT</t>
+    <t>#97 Jeffrey Torres - DT</t>
   </si>
   <si>
     <t>#24 Zachery Obrien - CB</t>
   </si>
   <si>
     <t>#76 Todd Horne - RDE</t>
   </si>
   <si>
     <t>#48 Jason Sampley - SS</t>
   </si>
   <si>
     <t>#37 Robert James - FS</t>
   </si>
   <si>
     <t>#21 Marvin Bowman - CB</t>
   </si>
   <si>
     <t>#43 Richard Smith - WLB</t>
   </si>
   <si>
     <t>#18 James White - K</t>
   </si>
   <si>
     <t>DEN</t>
   </si>
@@ -350,75 +350,75 @@
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-DEN 25 (15:00) 27-Harold Hansen ran to DEN 24 for -1 yards. Tackle by 20-Robert Ross.</t>
   </si>
   <si>
     <t>#12 Joshua Pursel - QB</t>
   </si>
   <si>
     <t>#42 Harold Flores - RB</t>
   </si>
   <si>
     <t>#27 Harold Hansen - RB</t>
   </si>
   <si>
     <t>#84 Bobby Cantu - WR</t>
   </si>
   <si>
     <t>#85 Louis Meyer - WR</t>
   </si>
   <si>
     <t>#68 Enrique Gaither - LT</t>
   </si>
   <si>
-    <t>#63 Steven Schleicher - LG</t>
+    <t>#68 Steven Schleicher - LG</t>
   </si>
   <si>
     <t>#57 Loren Rivera - C</t>
   </si>
   <si>
     <t>#51 Arthur Bartholomew - RG</t>
   </si>
   <si>
     <t>#64 Craig Mund - RG</t>
   </si>
   <si>
     <t>#92 Michael Bowman - LDE</t>
   </si>
   <si>
     <t>#57 Jeff Vaughn - DT</t>
   </si>
   <si>
     <t>#61 Thomas Pawlowski - DT</t>
   </si>
   <si>
     <t>#67 Richard Shah - RDE</t>
   </si>
   <si>
-    <t>#91 Larry Young - MLB</t>
+    <t>#96 Larry Young - MLB</t>
   </si>
   <si>
     <t>#5 Rafael Petrie - WLB</t>
   </si>
   <si>
     <t>#22 Clyde Rosario - CB</t>
   </si>
   <si>
     <t>#47 James Singleton - CB</t>
   </si>
   <si>
     <t>#31 Horace Graham - CB</t>
   </si>
   <si>
     <t>#20 Robert Ross - SS</t>
   </si>
   <si>
     <t>#37 James Rusin - SS</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>DEN 24</t>
   </si>
@@ -482,114 +482,114 @@
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-DEN 45 (12:46) 7-Thomas Pugliese pass Pass knocked down by 20-Chris Lucas. incomplete, intended for 89-Earl McKenzie.</t>
   </si>
   <si>
     <t>#7 Thomas Pugliese - QB</t>
   </si>
   <si>
     <t>#23 Kenneth Watson - RB</t>
   </si>
   <si>
     <t>#44 Harry Higgins - RB</t>
   </si>
   <si>
     <t>#25 Joe Speece - FB</t>
   </si>
   <si>
     <t>#89 Earl McKenzie - TE</t>
   </si>
   <si>
-    <t>#12 Michael Biron - WR</t>
+    <t>#81 Michael Biron - WR</t>
   </si>
   <si>
     <t>#68 Leroy Lockett - C</t>
   </si>
   <si>
     <t>#78 William Robertson - LG</t>
   </si>
   <si>
     <t>#56 Ernest Cavanaugh - C</t>
   </si>
   <si>
-    <t>#50 Lon Marchetti - RT</t>
+    <t>#50 Lon Marchetti - RG</t>
   </si>
   <si>
     <t>#52 Jimmy Degregorio - RT</t>
   </si>
   <si>
     <t>#79 Harold Stirling - LDE</t>
   </si>
   <si>
-    <t>#78 Adam Servantes - RDE</t>
+    <t>#92 Adam Servantes - RDE</t>
   </si>
   <si>
     <t>#20 Chris Lucas - CB</t>
   </si>
   <si>
     <t>12:42</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>2-10-DEN 45 (12:43) 7-Thomas Pugliese pass complete to 23-Kenneth Watson to DEN 43 for 3 yards. Tackle by 48-Jason Sampley.</t>
   </si>
   <si>
     <t>#83 Brett Jones - WR</t>
   </si>
   <si>
-    <t>#15 Glen Corral - WR</t>
+    <t>#87 Glen Corral - WR</t>
   </si>
   <si>
     <t>#35 Jack James - CB</t>
   </si>
   <si>
     <t>12:02</t>
   </si>
   <si>
     <t>DEN 43</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>3-7-DEN 43 (12:01) 23-Kenneth Watson ran to DEN 35 for 8 yards. Tackle by 48-Jason Sampley.</t>
   </si>
   <si>
-    <t>#80 Leonard Weldon - TE</t>
+    <t>#88 Leonard Weldon - TE</t>
   </si>
   <si>
     <t>11:17</t>
   </si>
   <si>
     <t>DEN 35</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-DEN 35 (11:16) 7-Thomas Pugliese pass complete to 15-Glen Corral to DEN 25 for 10 yards. Tackle by 20-Chris Lucas.</t>
   </si>
   <si>
     <t>10:38</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>2-1-DEN 25 (10:37) 23-Kenneth Watson ran to DEN 22 for 3 yards. Tackle by 44-Roger Leonard.</t>
   </si>
@@ -713,75 +713,75 @@
   <si>
     <t>7:08</t>
   </si>
   <si>
     <t>2-10-DEN 25 (7:09) 42-Harold Flores ran to DEN 27 for 2 yards. Tackle by 31-Horace Graham. DET 61-Thomas Pawlowski was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>6:30</t>
   </si>
   <si>
     <t>DEN 27</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>3-8-DEN 27 (6:29) 12-Joshua Pursel pass complete to 84-Bobby Cantu to DEN 32 for 5 yards. Tackle by 97-Elias Peacock. DEN 64-Craig Mund was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#93 Michael Saunders - DT</t>
   </si>
   <si>
-    <t>#97 Elias Peacock - WLB</t>
+    <t>#57 Elias Peacock - WLB</t>
   </si>
   <si>
     <t>5:56</t>
   </si>
   <si>
     <t>DEN 32</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-3-DEN 32 (5:55) 1-Stuart King punts 45 yards to DET 23. Fair Catch by 47-Jeff Berryhill.</t>
   </si>
   <si>
     <t>#1 Stuart King - P</t>
   </si>
   <si>
     <t>#59 Michael Lewis - C</t>
   </si>
   <si>
-    <t>#74 Kevin Warren - RDE</t>
+    <t>#75 Kevin Warren - RDE</t>
   </si>
   <si>
     <t>#62 Carlos Martinez - LG</t>
   </si>
   <si>
     <t>#69 Gerald Green - LT</t>
   </si>
   <si>
     <t>#76 Jason Mills - DT</t>
   </si>
   <si>
     <t>5:48</t>
   </si>
   <si>
     <t>DET 23</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>1-10-DET 23 (5:49) 23-Kenneth Watson ran to DET 24 for 1 yards. Tackle by 50-Jeffrey Torres.</t>
   </si>
   <si>
     <t>5:16</t>
   </si>
@@ -1136,51 +1136,51 @@
   <si>
     <t>1-10-DET 15 (4:03) 42-Harold Flores ran to DET 13 for 2 yards. 42-Harold Flores FUMBLES (57-Jeff Vaughn) recovered by DEN-57-Loren Rivera to DET 11 for 1 yards. Tackle by 57-Jeff Vaughn. 57-Loren Rivera missed that block completely.</t>
   </si>
   <si>
     <t>3:21</t>
   </si>
   <si>
     <t>DET 11</t>
   </si>
   <si>
     <t>2-7-DET 11 (3:20) 12-Joshua Pursel pass complete to 43-Neil Blair to DET 5 for 7 yards. Tackle by 22-Clyde Rosario.</t>
   </si>
   <si>
     <t>2:39</t>
   </si>
   <si>
     <t>DET 5</t>
   </si>
   <si>
     <t>3-1-DET 5 (2:38) 27-Harold Hansen ran to DET 7 for -2 yards. Tackle by 57-Jeff Vaughn.</t>
   </si>
   <si>
     <t>#49 Glenn Brooks - CB</t>
   </si>
   <si>
-    <t>#41 Edward Kittel - SS</t>
+    <t>#1 Edward Kittel - FS</t>
   </si>
   <si>
     <t>2:06</t>
   </si>
   <si>
     <t>DET 7</t>
   </si>
   <si>
     <t>4-2-DET 7 (2:05) 3-Kenneth Smith 24 yard field goal is GOOD. DET 6 DEN 3</t>
   </si>
   <si>
     <t>#10 Rudy Cothern - QB</t>
   </si>
   <si>
     <t>#3 Kenneth Smith - K</t>
   </si>
   <si>
     <t>2:02</t>
   </si>
   <si>
     <t>(2:03) 3-Kenneth Smith kicks 66 yards from DEN 35 to DET -1. 23-Kenneth Watson to DET 30 for 31 yards. Tackle by 44-Roger Leonard.</t>
   </si>
   <si>
     <t>1:58</t>
   </si>