--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -293,72 +293,72 @@
   <si>
     <t>LAA 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Eric Wiggins kicks 67 yards from LAA 35 to BAL -2. Touchback.</t>
   </si>
   <si>
     <t>#18 Marvin Allen - WR</t>
   </si>
   <si>
     <t>#98 Long Whaley - LDE</t>
   </si>
   <si>
     <t>#99 William Myrick - SLB</t>
   </si>
   <si>
     <t>#66 Andrew Bouton - RDE</t>
   </si>
   <si>
-    <t>#49 Louie Long - CB</t>
+    <t>#39 Louie Long - CB</t>
   </si>
   <si>
     <t>#92 Kyle Koch - MLB</t>
   </si>
   <si>
     <t>#37 William Ong - FS</t>
   </si>
   <si>
     <t>#90 Matthew Gatewood - DT</t>
   </si>
   <si>
     <t>#95 Manuel Jaramillo - SLB</t>
   </si>
   <si>
     <t>#58 Justin Norris - WLB</t>
   </si>
   <si>
     <t>#29 Adam Moore - CB</t>
   </si>
   <si>
-    <t>#3 Eric Wiggins - K</t>
+    <t>#19 Eric Wiggins - K</t>
   </si>
   <si>
     <t>BAL</t>
   </si>
   <si>
     <t>BAL 25</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-BAL 25 (15:00) 46-Christopher Tyson ran to BAL 26 for 1 yards. Tackle by 92-Roberto Park.</t>
   </si>
   <si>
     <t>#16 Ronnie Pepin - QB</t>
   </si>
   <si>
     <t>#46 Christopher Tyson - RB</t>
   </si>
   <si>
     <t>#41 Albert Turner - FB</t>
   </si>
@@ -368,51 +368,51 @@
   <si>
     <t>#19 Clinton Moses - WR</t>
   </si>
   <si>
     <t>#73 Micheal Nelsen - LT</t>
   </si>
   <si>
     <t>#74 Alberto Tynes - LG</t>
   </si>
   <si>
     <t>#71 John Metz - C</t>
   </si>
   <si>
     <t>#60 Eddie Bright - RG</t>
   </si>
   <si>
     <t>#67 Eddie Doherty - RT</t>
   </si>
   <si>
     <t>#54 Mike Jones - LDE</t>
   </si>
   <si>
     <t>#56 Rupert Stewart - DT</t>
   </si>
   <si>
-    <t>#92 Roberto Park - RDE</t>
+    <t>#99 Roberto Park - RDE</t>
   </si>
   <si>
     <t>#47 Vern Durst - SLB</t>
   </si>
   <si>
     <t>#58 Cornell Huynh - MLB</t>
   </si>
   <si>
     <t>#91 Chase Saunders - WLB</t>
   </si>
   <si>
     <t>#36 Harold Webb - CB</t>
   </si>
   <si>
     <t>#46 Bobby Bier - CB</t>
   </si>
   <si>
     <t>#39 John Schoch - SS</t>
   </si>
   <si>
     <t>#24 Gary Hickman - SS</t>
   </si>
   <si>
     <t>#23 Paul Johnson - CB</t>
   </si>
@@ -422,51 +422,51 @@
   <si>
     <t>BAL 26</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-9-BAL 26 (14:27) 46-Christopher Tyson ran to BAL 25 for a short loss. Tackle by 58-Cornell Huynh.</t>
   </si>
   <si>
     <t>#2 Timothy Lord - FB</t>
   </si>
   <si>
     <t>#86 William Love - TE</t>
   </si>
   <si>
     <t>#81 Larry Oconnor - TE</t>
   </si>
   <si>
     <t>#75 Ralph Jelks - LDE</t>
   </si>
   <si>
-    <t>#77 Emery Cleveland - DT</t>
+    <t>#51 Emery Cleveland - DT</t>
   </si>
   <si>
     <t>13:53</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>3-10-BAL 25 (13:52) 46-Christopher Tyson ran to BAL 43 for 17 yards. Tackle by 24-Gary Hickman. BAL 41-Albert Turner was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>13:10</t>
   </si>
   <si>
     <t>BAL 43</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
@@ -506,54 +506,54 @@
   <si>
     <t>11:54</t>
   </si>
   <si>
     <t>BAL 49</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-BAL 49 (11:53) PENALTY - False Start (BAL 13-Samuel Owens)</t>
   </si>
   <si>
     <t>#13 Samuel Owens - P</t>
   </si>
   <si>
     <t>#91 Robert Ross - LDE</t>
   </si>
   <si>
     <t>#15 Philip Kim - WR</t>
   </si>
   <si>
-    <t>#99 Lawrence Chandler - MLB</t>
-[...2 lines deleted...]
-    <t>#70 Emil Demoss - DT</t>
+    <t>#51 Lawrence Chandler - MLB</t>
+  </si>
+  <si>
+    <t>#79 Emil Demoss - DT</t>
   </si>
   <si>
     <t>#56 Ronald Davis - LG</t>
   </si>
   <si>
     <t>11:52</t>
   </si>
   <si>
     <t>4-9-BAL 44 (11:53) 13-Samuel Owens punts 43 yards to LAA 13. 15-Philip Kim FUMBLES recovered by LAA-15-Philip Kim at LAA 13. Tackle by 92-Kyle Koch. LAA 54-Mike Jones was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#57 Dennis Doris - RDE</t>
   </si>
   <si>
     <t>11:43</t>
   </si>
   <si>
     <t>LAA 13</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>1-10-LAA 13 (11:44) 48-John Wolf ran to LAA 16 for 3 yards. Tackle by 35-Robert Beers.</t>
   </si>
@@ -692,51 +692,51 @@
   <si>
     <t>Singleback Normal FL Go</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-LAA 48 (8:23) 16-Ronnie Pepin pass Pass knocked down by 58-Cornell Huynh. incomplete, intended for 86-William Love. Pressure by 24-Gary Hickman. BAL 46-Christopher Tyson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>8:17</t>
   </si>
   <si>
     <t>2-10-LAA 48 (8:18) 16-Ronnie Pepin pass complete to 41-Albert Turner to LAA 37 for 12 yards. Tackle by 58-Cornell Huynh.</t>
   </si>
   <si>
     <t>7:41</t>
   </si>
   <si>
     <t>LAA 37</t>
   </si>
   <si>
     <t>1-10-LAA 37 (7:40) 30-Richard Mulholland ran to LAA 35 for 1 yards. Tackle by 77-Emery Cleveland.</t>
   </si>
   <si>
-    <t>#30 Richard Mulholland - RB</t>
+    <t>#38 Richard Mulholland - RB</t>
   </si>
   <si>
     <t>7:04</t>
   </si>
   <si>
     <t>I Formation Twin WR Slot Hitch</t>
   </si>
   <si>
     <t>2-9-LAA 35 (7:03) 16-Ronnie Pepin pass complete to 18-Marvin Allen to LAA 30 for 5 yards. Tackle by 36-Harold Webb. Nice job by 18-Marvin Allen on that route to lose his coverage. 36-Harold Webb got away with a hold on that play. LAA 93-William Timm was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>6:22</t>
   </si>
   <si>
     <t>LAA 30</t>
   </si>
   <si>
     <t>3-4-LAA 30 (6:21) 30-Richard Mulholland ran to LAA 29 for 1 yards. Tackle by 77-Emery Cleveland.</t>
   </si>
   <si>
     <t>5:37</t>
   </si>
   <si>
     <t>LAA 29</t>
   </si>
@@ -848,51 +848,51 @@
   <si>
     <t>2:15</t>
   </si>
   <si>
     <t>BAL 22</t>
   </si>
   <si>
     <t>4-8-BAL 22 (2:14) 13-Samuel Owens punts 46 yards to LAA 32. 15-Philip Kim to LAA 32 for 1 yards. Tackle by 92-Kyle Koch.</t>
   </si>
   <si>
     <t>2:06</t>
   </si>
   <si>
     <t>LAA 32</t>
   </si>
   <si>
     <t>Strong I Big HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-LAA 32 (2:07) 48-John Wolf ran to LAA 31 for -1 yards. Tackle by 92-Kyle Koch.</t>
   </si>
   <si>
-    <t>#86 Jeffery Hufford - TE</t>
+    <t>#89 Jeffery Hufford - TE</t>
   </si>
   <si>
     <t>1:25</t>
   </si>
   <si>
     <t>LAA 31</t>
   </si>
   <si>
     <t>I Formation Normal Curl &amp; Post</t>
   </si>
   <si>
     <t>2-11-LAA 31 (1:24) 7-Jonathan Harrison sacked at LAA 24 for -8 yards (58-Justin Norris)</t>
   </si>
   <si>
     <t>0:40</t>
   </si>
   <si>
     <t>LAA 24</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>3-19-LAA 24 (0:39) 7-Jonathan Harrison pass complete to 43-Johnnie Phillips to LAA 30 for 6 yards. Tackle by 92-Kyle Koch.</t>
   </si>