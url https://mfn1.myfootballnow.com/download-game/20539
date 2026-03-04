--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -287,66 +287,66 @@
   <si>
     <t>IND has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>LOS</t>
   </si>
   <si>
     <t>LOS 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 13-Bobby Montez kicks 68 yards from LOS 35 to IND -3. 11-Lorenzo Davis to IND 29 for 32 yards. Tackle by 29-Curtis Horwitz.</t>
   </si>
   <si>
     <t>#11 Lorenzo Davis - WR</t>
   </si>
   <si>
     <t>#54 Benjamin Tramel - SLB</t>
   </si>
   <si>
-    <t>#24 Michael Howe - SS</t>
-[...5 lines deleted...]
-    <t>#1 Aaron Hower - FS</t>
+    <t>#27 Michael Howe - SS</t>
+  </si>
+  <si>
+    <t>#67 Darryl Leslie - DT</t>
+  </si>
+  <si>
+    <t>#42 Aaron Hower - FS</t>
   </si>
   <si>
     <t>#99 George Ellis - DT</t>
   </si>
   <si>
     <t>#58 Eric Cruz - MLB</t>
   </si>
   <si>
-    <t>#37 Gene Sanders - FS</t>
+    <t>#28 Gene Sanders - CB</t>
   </si>
   <si>
     <t>#34 Richard Peeples - FS</t>
   </si>
   <si>
     <t>#32 Jonathan Nicholson - FS</t>
   </si>
   <si>
     <t>#29 Kelly Dozier - SS</t>
   </si>
   <si>
     <t>#13 Bobby Montez - K</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>IND 29</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
@@ -416,81 +416,81 @@
   <si>
     <t>#31 Donald Butts - CB</t>
   </si>
   <si>
     <t>#22 Eric Acker - SS</t>
   </si>
   <si>
     <t>#1 Floyd Roussel - FS</t>
   </si>
   <si>
     <t>14:49</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>2-10-IND 29 (14:50) 6-Brady Durst pass complete to 87-Willie Collard to IND 32 for 3 yards. Tackle by 99-James Mahoney. 41-Robert Palmer was completely beat on that play. IND 61-Norbert Kellogg was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#20 Jeffry Douglas - RB</t>
   </si>
   <si>
-    <t>#85 Brian Maag - TE</t>
+    <t>#89 Brian Maag - TE</t>
   </si>
   <si>
     <t>#72 Truman Ojeda - C</t>
   </si>
   <si>
     <t>#50 Bob Parsons - LDE</t>
   </si>
   <si>
     <t>#32 Anthony Jensen - CB</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>IND 32</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>3-7-IND 32 (14:18) 6-Brady Durst pass Pass knocked down by 28-Matthew Jones. incomplete, intended for 80-Clement Ohara. Pressure by 52-William Smith.</t>
   </si>
   <si>
     <t>#10 William Hollins - WR</t>
   </si>
   <si>
-    <t>#64 Robert Gibson - LG</t>
+    <t>#73 Robert Gibson - LG</t>
   </si>
   <si>
     <t>14:10</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-7-IND 32 (14:11) 7-Gerald Brown punts 45 yards to LOS 23. 15-John Flanagan to LOS 30 for 7 yards. 15-John Flanagan FUMBLES (72-Truman Ojeda) recovered by LOS-46-John Wallace at LOS 28. Tackle by 72-Truman Ojeda.</t>
   </si>
   <si>
     <t>#7 Gerald Brown - P</t>
   </si>
   <si>
     <t>#15 John Flanagan - WR</t>
   </si>
   <si>
     <t>#20 Frank Despres - CB</t>
   </si>
   <si>
     <t>#46 John Wallace - WLB</t>
   </si>
@@ -500,126 +500,126 @@
   <si>
     <t>#52 Jorge Garces - RT</t>
   </si>
   <si>
     <t>#68 Thomas Pepper - RDE</t>
   </si>
   <si>
     <t>14:00</t>
   </si>
   <si>
     <t>LOS 28</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>3-4 Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-LOS 28 (14:01) 44-Roosevelt Bonilla ran to LOS 28 for a short gain. Tackle by 78-Patrick Mathis.</t>
   </si>
   <si>
     <t>#3 Earnest Dean - QB</t>
   </si>
   <si>
-    <t>#44 Roosevelt Bonilla - RB</t>
+    <t>#35 Roosevelt Bonilla - RB</t>
   </si>
   <si>
     <t>#84 Hector Martin - TE</t>
   </si>
   <si>
     <t>#82 Anthony Knowles - TE</t>
   </si>
   <si>
-    <t>#83 Rene Diaz - WR</t>
+    <t>#16 Rene Diaz - WR</t>
   </si>
   <si>
     <t>#53 Charles Beckham - LT</t>
   </si>
   <si>
     <t>#24 Raymond Miller - LG</t>
   </si>
   <si>
     <t>#59 Justin Billings - C</t>
   </si>
   <si>
     <t>#77 Frederick Tope - RG</t>
   </si>
   <si>
     <t>#60 Bryant Holliday - RT</t>
   </si>
   <si>
     <t>#95 Herbert Hage - LDE</t>
   </si>
   <si>
     <t>#74 Willie Nauman - DT</t>
   </si>
   <si>
-    <t>#78 Patrick Mathis - RDE</t>
+    <t>#93 Patrick Mathis - RDE</t>
   </si>
   <si>
     <t>#93 Rodolfo Colson - SLB</t>
   </si>
   <si>
     <t>#50 Edward Colon - WLB</t>
   </si>
   <si>
     <t>13:29</t>
   </si>
   <si>
     <t>Singleback Slot Strong Skinny Posts</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>2-10-LOS 28 (13:28) 3-Earnest Dean pass Pass knocked down by 32-Jonathan Nicholson. incomplete, intended for 82-Anthony Knowles. PENALTY - Pass Interference (IND 58-Eric Cruz)</t>
   </si>
   <si>
     <t>#18 Darrell Agee - WR</t>
   </si>
   <si>
     <t>#60 Stanley Miller - DT</t>
   </si>
   <si>
     <t>13:24</t>
   </si>
   <si>
     <t>LOS 34</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel 3-3-5 CB1 CB3 Blitz</t>
   </si>
   <si>
     <t>1-10-LOS 34 (13:25) 40-Leonard Marshall ran to LOS 31 for -3 yards. Tackle by 54-Benjamin Tramel. LOS 15-John Flanagan was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#40 Leonard Marshall - RB</t>
+    <t>#27 Leonard Marshall - RB</t>
   </si>
   <si>
     <t>12:49</t>
   </si>
   <si>
     <t>LOS 31</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Man</t>
   </si>
   <si>
     <t>2-13-LOS 31 (12:48) 44-Roosevelt Bonilla ran to LOS 32 for 1 yards. Tackle by 74-Willie Nauman.</t>
   </si>
   <si>
     <t>12:03</t>
   </si>
   <si>
     <t>LOS 32</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>