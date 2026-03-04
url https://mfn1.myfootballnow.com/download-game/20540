--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -281,147 +281,147 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>NED has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>ATL</t>
   </si>
   <si>
     <t>ATL 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 9-Stephen Figaro kicks 74 yards from ATL 35 to NED -9. Touchback.</t>
   </si>
   <si>
-    <t>#18 Marshall Murphy - WR</t>
+    <t>#89 Marshall Murphy - TE</t>
   </si>
   <si>
     <t>#77 Francisco Mimms - LDE</t>
   </si>
   <si>
     <t>#24 Clyde Boyd - CB</t>
   </si>
   <si>
-    <t>#48 Justin Hucks - MLB</t>
-[...2 lines deleted...]
-    <t>#51 William Hillhouse - WLB</t>
+    <t>#39 Justin Hucks - FS</t>
+  </si>
+  <si>
+    <t>#91 William Hillhouse - DT</t>
   </si>
   <si>
     <t>#75 Don Cross - LDE</t>
   </si>
   <si>
     <t>#95 Herbert Royal - DT</t>
   </si>
   <si>
-    <t>#26 James Rae - CB</t>
+    <t>#53 James Rae - WLB</t>
   </si>
   <si>
     <t>#35 Francis Escobedo - CB</t>
   </si>
   <si>
     <t>#70 Michael Williams - DT</t>
   </si>
   <si>
-    <t>#20 Darryl Atkinson - CB</t>
+    <t>#44 Darryl Atkinson - CB</t>
   </si>
   <si>
     <t>#9 Stephen Figaro - K</t>
   </si>
   <si>
     <t>NED</t>
   </si>
   <si>
     <t>NED 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-NED 25 (15:00) 23-William Byars ran to NED 26 for 1 yards. Tackle by 96-Michael Jacks.</t>
   </si>
   <si>
     <t>#9 David Gram - QB</t>
   </si>
   <si>
-    <t>#23 William Byars - RB</t>
-[...2 lines deleted...]
-    <t>#32 Jimmie Cabrera - FB</t>
+    <t>#23 William Byars - WR</t>
+  </si>
+  <si>
+    <t>#20 Jimmie Cabrera - FB</t>
   </si>
   <si>
     <t>#85 Ronald Seery - TE</t>
   </si>
   <si>
     <t>#18 Johnny Wells - WR</t>
   </si>
   <si>
     <t>#69 Kenny Burke - LT</t>
   </si>
   <si>
     <t>#62 Neil Lane - RG</t>
   </si>
   <si>
     <t>#58 James Absher - C</t>
   </si>
   <si>
-    <t>#63 Claude Nicholson - RG</t>
+    <t>#63 Claude Nicholson - LT</t>
   </si>
   <si>
     <t>#67 Ralph Watanabe - RT</t>
   </si>
   <si>
     <t>#94 Jose Scott - LDE</t>
   </si>
   <si>
-    <t>#96 Michael Jacks - DT</t>
+    <t>#73 Michael Jacks - DT</t>
   </si>
   <si>
     <t>#91 Joshua Cargile - DT</t>
   </si>
   <si>
     <t>#98 Chester Johnson - RDE</t>
   </si>
   <si>
     <t>#56 Rayford Russell - SLB</t>
   </si>
   <si>
-    <t>#59 James Taylor - MLB</t>
+    <t>#4 James Taylor - FS</t>
   </si>
   <si>
     <t>#95 Joseph Nunez - WLB</t>
   </si>
   <si>
     <t>#40 Justin Mizell - CB</t>
   </si>
   <si>
     <t>#28 John Porter - CB</t>
   </si>
   <si>
     <t>#2 Malcom Brown - SS</t>
   </si>
   <si>
     <t>#26 Robert Lamberton - FS</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>NED 26</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
@@ -506,54 +506,54 @@
   <si>
     <t>4-3 Normal 3 Deep LB Blitz</t>
   </si>
   <si>
     <t>2-7-ATL 41 (11:45) PENALTY - False Start (NED 69-Kenny Burke)</t>
   </si>
   <si>
     <t>11:44</t>
   </si>
   <si>
     <t>ATL 46</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-12-ATL 46 (11:45) 23-William Byars ran to ATL 34 for 12 yards. Tackle by 2-Malcom Brown.</t>
   </si>
   <si>
     <t>#88 John Smith - TE</t>
   </si>
   <si>
-    <t>#84 Sean Haun - TE</t>
-[...2 lines deleted...]
-    <t>#97 Louis Spurgeon - LDE</t>
+    <t>#42 Sean Haun - FB</t>
+  </si>
+  <si>
+    <t>#52 Louis Spurgeon - LDE</t>
   </si>
   <si>
     <t>11:06</t>
   </si>
   <si>
     <t>ATL 34</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-ATL 34 (11:05) 33-Joseph Escamilla ran to ATL 34 for a short loss. Tackle by 95-Joseph Nunez.</t>
   </si>
   <si>
     <t>10:34</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
@@ -569,171 +569,171 @@
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>3-7-ATL 31 (9:58) 9-David Gram pass Pass knocked down by 95-Joseph Nunez. incomplete, intended for 32-Jimmie Cabrera. Pressure by 96-Michael Jacks. ATL 91-Joshua Cargile was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>9:53</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-7-ATL 31 (9:54) 3-Hugh Goldstein 48 yard field goal is NO GOOD. (Wide Right)</t>
   </si>
   <si>
     <t>#1 Jeremiah Jessup - P</t>
   </si>
   <si>
-    <t>#57 Jose Owens - C</t>
+    <t>#74 Jose Owens - LT</t>
   </si>
   <si>
     <t>#3 Hugh Goldstein - K</t>
   </si>
   <si>
-    <t>#64 Sean Smith - RG</t>
+    <t>#64 Sean Smith - LG</t>
   </si>
   <si>
     <t>#52 Jay Davis - WLB</t>
   </si>
   <si>
     <t>#93 Nathan Dooley - DT</t>
   </si>
   <si>
     <t>#43 Doug Boone - MLB</t>
   </si>
   <si>
     <t>9:49</t>
   </si>
   <si>
     <t>ATL 38</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-ATL 38 (9:50) 47-Frank Upshaw ran to ATL 46 for 9 yards. Tackle by 49-James Fletcher. NED 71-Marcus Behrens was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#1 Rodney McRoberts - QB</t>
   </si>
   <si>
     <t>#47 Frank Upshaw - RB</t>
   </si>
   <si>
     <t>#34 Clifford Stith - RB</t>
   </si>
   <si>
-    <t>#31 James Fitzpatrick - FB</t>
+    <t>#41 James Fitzpatrick - FB</t>
   </si>
   <si>
     <t>#81 Toby Gill - TE</t>
   </si>
   <si>
     <t>#86 David Fultz - TE</t>
   </si>
   <si>
     <t>#63 Edward Collins - LT</t>
   </si>
   <si>
     <t>#50 Brian Smith - LG</t>
   </si>
   <si>
     <t>#78 Robert Williams - C</t>
   </si>
   <si>
     <t>#77 Jose Herrera - RG</t>
   </si>
   <si>
     <t>#75 Hector Burr - RT</t>
   </si>
   <si>
     <t>#71 Marcus Behrens - DT</t>
   </si>
   <si>
     <t>#55 Dwight Hall - RDE</t>
   </si>
   <si>
     <t>#99 Randall Rivera - MLB</t>
   </si>
   <si>
     <t>#49 James Fletcher - SS</t>
   </si>
   <si>
     <t>9:05</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>2-1-ATL 46 (9:04) 47-Frank Upshaw ran to NED 49 for 5 yards. Tackle by 51-William Hillhouse. NED 35-Francis Escobedo was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#10 Elliot Stephenson - WR</t>
+    <t>#11 Elliot Stephenson - WR</t>
   </si>
   <si>
     <t>#82 Alfred Colvin - WR</t>
   </si>
   <si>
     <t>8:20</t>
   </si>
   <si>
     <t>NED 49</t>
   </si>
   <si>
     <t>I Formation Power HB Sweep Weak</t>
   </si>
   <si>
     <t>1-10-NED 49 (8:19) 47-Frank Upshaw ran to ATL 49 for -3 yards. Tackle by 48-Justin Hucks. ATL 34-Clifford Stith was injured on the play. He looks like he should be able to return. NED 95-Herbert Royal was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>7:36</t>
   </si>
   <si>
     <t>ATL 49</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>2-13-ATL 49 (7:35) 1-Rodney McRoberts pass complete to 82-Alfred Colvin to NED 41 for 10 yards. Tackle by 47-Milton Wright.</t>
   </si>
   <si>
-    <t>#71 Vernon Smith - RDE</t>
+    <t>#52 Vernon Smith - LDE</t>
   </si>
   <si>
     <t>#47 Milton Wright - CB</t>
   </si>
   <si>
     <t>7:02</t>
   </si>
   <si>
     <t>NED 41</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>3-3-NED 41 (7:01) 47-Frank Upshaw ran to NED 38 for 3 yards. Tackle by 99-Randall Rivera.</t>
   </si>
   <si>
     <t>6:21</t>
   </si>
   <si>
     <t>NED 38</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
@@ -878,51 +878,51 @@
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>3-1-NED 34 (15:00) 23-William Byars ran to NED 35 for 1 yards. Tackle by 97-Louis Spurgeon.</t>
   </si>
   <si>
     <t>NED 35</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-NED 35 (14:20) PENALTY - False Start (NED 48-Justin Hucks)</t>
   </si>
   <si>
     <t>#11 David Wilkins - WR</t>
   </si>
   <si>
     <t>#24 Jeffrey Oreilly - CB</t>
   </si>
   <si>
-    <t>#99 Jimmy Deleon - MLB</t>
+    <t>#56 Jimmy Deleon - MLB</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>4-5-NED 30 (14:20) 1-Jeremiah Jessup punts 48 yards to ATL 23. 11-David Wilkins to ATL 26 for 4 yards. Tackle by 26-James Rae.</t>
   </si>
   <si>
     <t>14:11</t>
   </si>
   <si>
     <t>ATL 26</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>1-10-ATL 26 (14:12) 47-Frank Upshaw ran to ATL 26 for a short gain. Tackle by 51-William Hillhouse. PENALTY - Unnecessary Roughness (NED 51-William Hillhouse)</t>
   </si>
   <si>
     <t>14:09</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
@@ -1073,51 +1073,51 @@
   <si>
     <t>3-10-NED 25 (6:33) 9-David Gram pass complete to 2-Steven Beard to NED 39 for 14 yards. Tackle by 34-Todd Brouwer.</t>
   </si>
   <si>
     <t>5:57</t>
   </si>
   <si>
     <t>NED 39</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>1-10-NED 39 (5:56) 9-David Gram pass complete to 18-Marshall Murphy to NED 43 for 4 yards. Tackle by 28-John Porter. PENALTY - Pass Interference (ATL 28-John Porter)</t>
   </si>
   <si>
     <t>5:51</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>1-10-NED 48 (5:52) 9-David Gram pass complete to 23-William Byars to NED 47 for -1 yards. Tackle by 40-Justin Mizell.</t>
   </si>
   <si>
-    <t>#14 Juan Freed - WR</t>
+    <t>#40 Juan Freed - FB</t>
   </si>
   <si>
     <t>#19 Clarence Carmody - WR</t>
   </si>
   <si>
     <t>5:20</t>
   </si>
   <si>
     <t>NED 47</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>2-11-NED 47 (5:19) 9-David Gram sacked at NED 37 for -10 yards (98-Chester Johnson). Sack allowed by 69-Kenny Burke.</t>
   </si>
   <si>
     <t>4:43</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Corner Post</t>
   </si>
   <si>
     <t>Dime Normal 4 Deep Man Under</t>
   </si>
@@ -2127,91 +2127,91 @@
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="39" max="39" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="79" max="79" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">