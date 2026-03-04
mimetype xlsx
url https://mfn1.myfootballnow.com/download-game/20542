--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -350,66 +350,66 @@
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>1-10-MIN 16 (14:57) 25-Joesph Kent ran to MIN 24 for 8 yards. Tackle by 37-Robert James.</t>
   </si>
   <si>
     <t>#18 Zachery Mendez - QB</t>
   </si>
   <si>
     <t>#25 Joesph Kent - RB</t>
   </si>
   <si>
     <t>#32 Stanley Eells - RB</t>
   </si>
   <si>
     <t>#86 Rudy Stevens - TE</t>
   </si>
   <si>
     <t>#83 William Gorman - WR</t>
   </si>
   <si>
-    <t>#62 Cecil Ruiz - LT</t>
+    <t>#66 Cecil Ruiz - LT</t>
   </si>
   <si>
     <t>#68 Jerome Rice - LG</t>
   </si>
   <si>
     <t>#69 Fred Wilson - RG</t>
   </si>
   <si>
     <t>#64 Tony Knudson - RT</t>
   </si>
   <si>
     <t>#79 Harold Stirling - LDE</t>
   </si>
   <si>
-    <t>#50 Jeffrey Torres - DT</t>
+    <t>#97 Jeffrey Torres - DT</t>
   </si>
   <si>
     <t>#91 Troy Barrios - DT</t>
   </si>
   <si>
     <t>#75 Timothy Rowe - RDE</t>
   </si>
   <si>
     <t>#56 Jeffery Patterson - SLB</t>
   </si>
   <si>
     <t>#44 Roger Leonard - MLB</t>
   </si>
   <si>
     <t>#43 Richard Smith - WLB</t>
   </si>
   <si>
     <t>#24 Zachery Obrien - CB</t>
   </si>
   <si>
     <t>#20 Chris Lucas - CB</t>
   </si>
   <si>
     <t>#48 Jason Sampley - SS</t>
   </si>
@@ -428,51 +428,51 @@
   <si>
     <t>4-3 Under Crowd Middle</t>
   </si>
   <si>
     <t>2-2-MIN 24 (14:19) 25-Joesph Kent ran to MIN 22 for -2 yards. Tackle by 50-Jeffrey Torres. 72-Terry Pinter missed that block completely.</t>
   </si>
   <si>
     <t>13:41</t>
   </si>
   <si>
     <t>MIN 22</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>3-4-MIN 22 (13:40) 25-Joesph Kent ran to MIN 26 for 4 yards. Tackle by 56-Jeffery Patterson.</t>
   </si>
   <si>
     <t>#87 John Giles - TE</t>
   </si>
   <si>
-    <t>#78 Adam Servantes - RDE</t>
+    <t>#92 Adam Servantes - RDE</t>
   </si>
   <si>
     <t>13:00</t>
   </si>
   <si>
     <t>MIN 26</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-MIN 26 (12:59) 15-George Woodworth punts 49 yards to DEN 25. 19-Francis Adams to DEN 31 for 6 yards. Tackle by 32-Stanley Eells.</t>
   </si>
   <si>
     <t>#15 George Woodworth - P</t>
   </si>
   <si>
     <t>#19 Francis Adams - WR</t>
   </si>
   <si>
     <t>#54 James Huffman - LT</t>
   </si>
@@ -491,51 +491,51 @@
   <si>
     <t>1-10-DEN 31 (12:51) 42-Harold Flores ran to DEN 45 for 14 yards. Tackle by 90-Joseph Cueva.</t>
   </si>
   <si>
     <t>#12 Joshua Pursel - QB</t>
   </si>
   <si>
     <t>#42 Harold Flores - RB</t>
   </si>
   <si>
     <t>#27 Harold Hansen - RB</t>
   </si>
   <si>
     <t>#43 Neil Blair - FB</t>
   </si>
   <si>
     <t>#89 Richard Zamora - TE</t>
   </si>
   <si>
     <t>#86 Ryan Odell - TE</t>
   </si>
   <si>
     <t>#68 Enrique Gaither - LT</t>
   </si>
   <si>
-    <t>#63 Steven Schleicher - LG</t>
+    <t>#68 Steven Schleicher - LG</t>
   </si>
   <si>
     <t>#57 Loren Rivera - C</t>
   </si>
   <si>
     <t>#64 Craig Mund - RG</t>
   </si>
   <si>
     <t>#71 Michael Blanch - LT</t>
   </si>
   <si>
     <t>#91 Russell Elrod - DT</t>
   </si>
   <si>
     <t>#53 Anthony Harrison - MLB</t>
   </si>
   <si>
     <t>#94 Marvin Smith - WLB</t>
   </si>
   <si>
     <t>#40 Tyler Davis - CB</t>
   </si>
   <si>
     <t>12:16</t>
   </si>
@@ -746,54 +746,54 @@
   <si>
     <t>2-3-DEN 3 (6:17) 25-Joesph Kent ran to DEN 6 for -3 yards. Tackle by 42-Andrew Kim.</t>
   </si>
   <si>
     <t>5:37</t>
   </si>
   <si>
     <t>DEN 6</t>
   </si>
   <si>
     <t>3-6-DEN 6 (5:36) 18-Zachery Mendez pass Pass knocked down by 35-Jack James. incomplete, intended for 86-Rudy Stevens. 35-Jack James got away with a hold on that play.</t>
   </si>
   <si>
     <t>5:32</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-6-DEN 6 (5:33) 10-Jaime Jacobs 24 yard field goal is GOOD. DEN 0 MIN 3</t>
   </si>
   <si>
-    <t>#10 Jaime Jacobs - K</t>
-[...2 lines deleted...]
-    <t>#75 Lewis Page - RG</t>
+    <t>#5 Jaime Jacobs - K</t>
+  </si>
+  <si>
+    <t>#54 Lewis Page - C</t>
   </si>
   <si>
     <t>#94 Robert Harmon - DT</t>
   </si>
   <si>
     <t>#76 Todd Horne - RDE</t>
   </si>
   <si>
     <t>5:30</t>
   </si>
   <si>
     <t>MIN 35</t>
   </si>
   <si>
     <t>(5:31) 10-Jaime Jacobs kicks 73 yards from MIN 35 to DEN -8. Touchback.</t>
   </si>
   <si>
     <t>DEN 25</t>
   </si>
   <si>
     <t>Split Backs Normal Weak Pitch Sweep</t>
   </si>
   <si>
     <t>1-10-DEN 25 (5:31) 42-Harold Flores ran to DEN 29 for 4 yards. Tackle by 40-Tyler Davis.</t>
   </si>