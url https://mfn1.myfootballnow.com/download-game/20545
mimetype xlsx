--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -293,129 +293,129 @@
   <si>
     <t>LAA 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Eric Wiggins kicks 74 yards from LAA 35 to JAX -9. Touchback.</t>
   </si>
   <si>
     <t>#42 Jose Jordan - RB</t>
   </si>
   <si>
     <t>#78 Terence Vogel - DT</t>
   </si>
   <si>
     <t>#41 Michael Hopes - SS</t>
   </si>
   <si>
     <t>#70 Matthew Dragoo - DT</t>
   </si>
   <si>
-    <t>#50 Robert Coker - WLB</t>
-[...5 lines deleted...]
-    <t>#27 John Putnam - CB</t>
+    <t>#50 Robert Coker - LDE</t>
+  </si>
+  <si>
+    <t>#58 John Gray - LDE</t>
+  </si>
+  <si>
+    <t>#27 John Putnam - DT</t>
   </si>
   <si>
     <t>#65 Keith Frazier - DT</t>
   </si>
   <si>
-    <t>#29 Kenneth Debusk - CB</t>
-[...2 lines deleted...]
-    <t>#95 John Noe - WLB</t>
+    <t>#29 Kenneth Debusk - DT</t>
+  </si>
+  <si>
+    <t>#95 John Noe - DT</t>
   </si>
   <si>
     <t>#52 Fernando Noe - MLB</t>
   </si>
   <si>
-    <t>#3 Eric Wiggins - K</t>
+    <t>#19 Eric Wiggins - K</t>
   </si>
   <si>
     <t>JAX</t>
   </si>
   <si>
     <t>JAX 25</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-JAX 25 (15:00) 15-Damian Barnett pass complete to 87-Donald Sherlock to JAX 30 for 5 yards. Tackle by 47-Vern Durst. PENALTY - Pass Interference (LAA 47-Vern Durst)</t>
   </si>
   <si>
     <t>#15 Damian Barnett - QB</t>
   </si>
   <si>
     <t>#89 Paul Melville - TE</t>
   </si>
   <si>
-    <t>#87 Donald Sherlock - TE</t>
+    <t>#41 Donald Sherlock - FB</t>
   </si>
   <si>
     <t>#83 Brady James - WR</t>
   </si>
   <si>
     <t>#12 Lee Jacobsen - WR</t>
   </si>
   <si>
     <t>#59 Raymond Hill - LT</t>
   </si>
   <si>
     <t>#77 John Garcia - LG</t>
   </si>
   <si>
     <t>#73 Daren Barrientos - C</t>
   </si>
   <si>
     <t>#76 Oliver Murphy - RG</t>
   </si>
   <si>
     <t>#62 Joshua Ng - RT</t>
   </si>
   <si>
     <t>#54 Mike Jones - LDE</t>
   </si>
   <si>
     <t>#56 Rupert Stewart - DT</t>
   </si>
   <si>
-    <t>#77 Emery Cleveland - DT</t>
-[...2 lines deleted...]
-    <t>#92 Roberto Park - RDE</t>
+    <t>#51 Emery Cleveland - DT</t>
+  </si>
+  <si>
+    <t>#99 Roberto Park - RDE</t>
   </si>
   <si>
     <t>#47 Vern Durst - SLB</t>
   </si>
   <si>
     <t>#58 Cornell Huynh - MLB</t>
   </si>
   <si>
     <t>#98 Michael Adair - WLB</t>
   </si>
   <si>
     <t>#36 Harold Webb - CB</t>
   </si>
   <si>
     <t>#46 Bobby Bier - CB</t>
   </si>
   <si>
     <t>#24 Gary Hickman - SS</t>
   </si>
   <si>
     <t>#23 Paul Johnson - CB</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
@@ -530,114 +530,114 @@
   <si>
     <t>3-13-LAA 50 (11:42) 42-Jose Jordan ran to LAA 45 for 5 yards. Tackle by 98-Michael Adair.</t>
   </si>
   <si>
     <t>11:02</t>
   </si>
   <si>
     <t>LAA 45</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-8-LAA 45 (11:01) 6-Jerome Shearer punts 40 yards to LAA 5. Fair Catch by 15-Philip Kim.</t>
   </si>
   <si>
     <t>#6 Jerome Shearer - P</t>
   </si>
   <si>
     <t>#15 Philip Kim - WR</t>
   </si>
   <si>
-    <t>#99 Lawrence Chandler - MLB</t>
+    <t>#51 Lawrence Chandler - MLB</t>
   </si>
   <si>
     <t>#91 Chase Saunders - WLB</t>
   </si>
   <si>
     <t>10:53</t>
   </si>
   <si>
     <t>LAA 5</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-LAA 5 (10:54) 38-Lanny Melton ran to LAA 6 for 1 yards. Tackle by 50-Robert Coker.</t>
   </si>
   <si>
     <t>#7 Jonathan Harrison - QB</t>
   </si>
   <si>
     <t>#38 Lanny Melton - RB</t>
   </si>
   <si>
     <t>#31 Raymond Lynch - FB</t>
   </si>
   <si>
     <t>#43 Johnnie Phillips - FB</t>
   </si>
   <si>
     <t>#84 Maurice Williams - TE</t>
   </si>
   <si>
-    <t>#86 Jeffery Hufford - TE</t>
+    <t>#89 Jeffery Hufford - TE</t>
   </si>
   <si>
     <t>#50 Anthony Lewis - RT</t>
   </si>
   <si>
     <t>#60 Daniel Ellerbee - LG</t>
   </si>
   <si>
     <t>#51 Stephen Calcote - C</t>
   </si>
   <si>
     <t>#63 Stephan Kovach - RG</t>
   </si>
   <si>
     <t>#11 Jose Matias - RT</t>
   </si>
   <si>
     <t>#69 Jay Oxley - LDE</t>
   </si>
   <si>
     <t>#92 Marcus Reisinger - LDE</t>
   </si>
   <si>
-    <t>#90 John Richards - SLB</t>
-[...2 lines deleted...]
-    <t>#46 Bryan Hutchins - FS</t>
+    <t>#90 John Richards - LDE</t>
+  </si>
+  <si>
+    <t>#46 Bryan Hutchins - DT</t>
   </si>
   <si>
     <t>10:22</t>
   </si>
   <si>
     <t>LAA 6</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>2-9-LAA 6 (10:21) 7-Jonathan Harrison pass Pass knocked down by 41-Michael Hopes. incomplete, intended for 84-Maurice Williams.</t>
   </si>
   <si>
     <t>#19 Dale Hopkins - WR</t>
   </si>
   <si>
     <t>#17 Mark Husband - WR</t>
   </si>
   <si>
     <t>10:18</t>
   </si>
@@ -770,120 +770,120 @@
   <si>
     <t>Singleback Empty 4 TE Corner</t>
   </si>
   <si>
     <t>Dime Normal Cover 2</t>
   </si>
   <si>
     <t>3-9-LAA 36 (7:19) 15-Damian Barnett pass complete to 81-Mark Calvin to LAA 11 for 25 yards.</t>
   </si>
   <si>
     <t>6:42</t>
   </si>
   <si>
     <t>LAA 11</t>
   </si>
   <si>
     <t>Weak I Big HB Lead Toss Weak</t>
   </si>
   <si>
     <t>1-10-LAA 11 (6:41) 42-Jose Jordan ran to LAA 0 for 11 yards. TOUCHDOWN! JAX 6 LAA 0</t>
   </si>
   <si>
     <t>#82 Jeff Hayes - TE</t>
   </si>
   <si>
-    <t>#80 Larry Hunter - LT</t>
+    <t>#54 Larry Hunter - LG</t>
   </si>
   <si>
     <t>#60 Austin Shaw - RT</t>
   </si>
   <si>
     <t>6:36</t>
   </si>
   <si>
     <t>LAA 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(6:37) Extra point GOOD by 14-Thomas McFarland. JAX 7 LAA 0</t>
   </si>
   <si>
     <t>#2 Raymond Evans - P</t>
   </si>
   <si>
     <t>#14 Thomas McFarland - K</t>
   </si>
   <si>
     <t>#71 Jesse Reid - C</t>
   </si>
   <si>
-    <t>#84 John Gross - TE</t>
+    <t>#84 John Gross - FB</t>
   </si>
   <si>
     <t>#92 Donald Johnson - DT</t>
   </si>
   <si>
     <t>JAX 35</t>
   </si>
   <si>
     <t>(6:37) 14-Thomas McFarland kicks 75 yards from JAX 35 to LAA -10. Touchback.</t>
   </si>
   <si>
     <t>#88 Eugene Tullos - WR</t>
   </si>
   <si>
     <t>LAA 25</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>1-10-LAA 25 (6:37) 7-Jonathan Harrison ran to LAA 34 for 9 yards. 7-Jonathan Harrison slides to avoid being hit.</t>
   </si>
   <si>
     <t>5:59</t>
   </si>
   <si>
     <t>LAA 34</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>2-1-LAA 34 (5:58) 38-Lanny Melton ran to LAA 30 for -4 yards. Tackle by 90-John Richards.</t>
   </si>
   <si>
-    <t>#33 Jeremy Smith - CB</t>
+    <t>#33 Jeremy Smith - DT</t>
   </si>
   <si>
     <t>#20 William Coakley - SS</t>
   </si>
   <si>
     <t>5:17</t>
   </si>
   <si>
     <t>LAA 30</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>3-5-LAA 30 (5:16) 38-Lanny Melton ran to LAA 27 for -3 yards. Tackle by 50-Robert Coker.</t>
   </si>
   <si>
     <t>4:35</t>
   </si>
   <si>
     <t>LAA 27</t>
   </si>
@@ -962,51 +962,51 @@
   <si>
     <t>1:03</t>
   </si>
   <si>
     <t>(1:04) Extra point GOOD by 14-Thomas McFarland. JAX 14 LAA 0</t>
   </si>
   <si>
     <t>(1:04) 14-Thomas McFarland kicks 69 yards from JAX 35 to LAA -4. 38-Lanny Melton to LAA 15 for 19 yards. Tackle by 27-John Putnam.</t>
   </si>
   <si>
     <t>1:00</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-LAA 15 (1:01) 7-Jonathan Harrison pass Pass knocked down by 33-Jeremy Smith. incomplete, intended for 19-Dale Hopkins.</t>
   </si>
   <si>
     <t>#42 John Mullins - RB</t>
   </si>
   <si>
-    <t>#91 Michael McDowell - SLB</t>
+    <t>#91 Michael McDowell - DT</t>
   </si>
   <si>
     <t>0:57</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>2-10-LAA 15 (0:58) 7-Jonathan Harrison pass complete to 84-Maurice Williams to LAA 32 for 17 yards. Tackle by 41-Michael Hopes. 84-Maurice Williams made a great move on the CB.</t>
   </si>
   <si>
     <t>0:15</t>
   </si>
   <si>
     <t>1-10-LAA 32 (0:14) 38-Lanny Melton ran to LAA 32 for 1 yards. Tackle by 52-Fernando Noe.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>Strong I Big HB Off Tackle</t>
   </si>
@@ -2328,51 +2328,51 @@
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="352.628" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>