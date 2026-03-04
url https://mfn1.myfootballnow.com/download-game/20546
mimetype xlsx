--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -299,51 +299,51 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 11-Richard Donlon kicks 75 yards from BAL 35 to TEN -10. Touchback.</t>
   </si>
   <si>
     <t>#88 Eugene Simon - WR</t>
   </si>
   <si>
     <t>#50 Dan Romo - LDE</t>
   </si>
   <si>
     <t>#77 William Gallegos - DT</t>
   </si>
   <si>
     <t>#98 Alton Lowry - MLB</t>
   </si>
   <si>
     <t>#78 John Harris - LG</t>
   </si>
   <si>
     <t>#33 Kyle Chase - SS</t>
   </si>
   <si>
-    <t>#48 Michael Monroe - CB</t>
+    <t>#27 Michael Monroe - CB</t>
   </si>
   <si>
     <t>#27 Michael Baird - SS</t>
   </si>
   <si>
     <t>#20 William Cottle - CB</t>
   </si>
   <si>
     <t>#95 David Fisher - WLB</t>
   </si>
   <si>
     <t>#23 Joseph Carlisle - CB</t>
   </si>
   <si>
     <t>#11 Richard Donlon - K</t>
   </si>
   <si>
     <t>TEN</t>
   </si>
   <si>
     <t>TEN 25</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
@@ -365,63 +365,63 @@
   <si>
     <t>#15 William Gonzalez - WR</t>
   </si>
   <si>
     <t>#14 Gary Estrada - WR</t>
   </si>
   <si>
     <t>#56 Michael Foster - LT</t>
   </si>
   <si>
     <t>#68 John Merriweather - C</t>
   </si>
   <si>
     <t>#74 Walter Reed - RG</t>
   </si>
   <si>
     <t>#52 Scott Ward - RT</t>
   </si>
   <si>
     <t>#98 Long Whaley - LDE</t>
   </si>
   <si>
     <t>#90 Matthew Gatewood - DT</t>
   </si>
   <si>
-    <t>#70 Emil Demoss - DT</t>
+    <t>#79 Emil Demoss - DT</t>
   </si>
   <si>
     <t>#66 Andrew Bouton - RDE</t>
   </si>
   <si>
     <t>#92 Kyle Koch - MLB</t>
   </si>
   <si>
     <t>#58 Justin Norris - WLB</t>
   </si>
   <si>
-    <t>#49 Louie Long - CB</t>
+    <t>#39 Louie Long - CB</t>
   </si>
   <si>
     <t>#29 Adam Moore - CB</t>
   </si>
   <si>
     <t>#35 Robert Beers - CB</t>
   </si>
   <si>
     <t>#36 William Jacobs - SS</t>
   </si>
   <si>
     <t>#37 William Ong - FS</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>TEN 21</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle</t>
   </si>
@@ -572,51 +572,51 @@
   <si>
     <t>#19 Clinton Moses - WR</t>
   </si>
   <si>
     <t>#73 Micheal Nelsen - LT</t>
   </si>
   <si>
     <t>#74 Alberto Tynes - LG</t>
   </si>
   <si>
     <t>#71 John Metz - C</t>
   </si>
   <si>
     <t>#60 Eddie Bright - RG</t>
   </si>
   <si>
     <t>#67 Eddie Doherty - RT</t>
   </si>
   <si>
     <t>#93 Sean Bowen - DT</t>
   </si>
   <si>
     <t>#58 Lance Maxwell - RDE</t>
   </si>
   <si>
-    <t>#97 Joseph Klein - SLB</t>
+    <t>#96 Joseph Klein - SLB</t>
   </si>
   <si>
     <t>#55 Alonzo Myers - MLB</t>
   </si>
   <si>
     <t>#94 Alfonso Farnsworth - WLB</t>
   </si>
   <si>
     <t>#25 Robert Delmonte - FS</t>
   </si>
   <si>
     <t>10:58</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>2-10-BAL 20 (10:59) 16-Ronnie Pepin pass complete to 12-Kennith Lawrence to BAL 27 for 7 yards. Tackle by 27-Michael Baird.</t>
   </si>
   <si>
     <t>#12 Kennith Lawrence - WR</t>
   </si>
@@ -887,51 +887,51 @@
   <si>
     <t>2-8-BAL 31 (2:29) 11-Richard Casey pass Pass knocked down by 99-William Myrick. incomplete, intended for 83-David Knight.</t>
   </si>
   <si>
     <t>2:24</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>3-8-BAL 31 (2:25) 11-Richard Casey pass Pass knocked down by 92-Kyle Koch. incomplete, intended for 83-David Knight. Pressure by 70-Emil Demoss.</t>
   </si>
   <si>
     <t>2:21</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-8-BAL 31 (2:22) 3-Scott Hutchinson 49 yard field goal is NO GOOD. (Wide Right)</t>
   </si>
   <si>
-    <t>#3 Scott Hutchinson - K</t>
+    <t>#9 Scott Hutchinson - K</t>
   </si>
   <si>
     <t>#26 William Francis - CB</t>
   </si>
   <si>
     <t>2:17</t>
   </si>
   <si>
     <t>BAL 38</t>
   </si>
   <si>
     <t>I Formation Twin WR Strong Flood</t>
   </si>
   <si>
     <t>1-10-BAL 38 (2:18) 16-Ronnie Pepin pass incomplete, intended for 18-Marvin Allen. That ball didn't get thrown well at all.</t>
   </si>
   <si>
     <t>2:15</t>
   </si>
   <si>
     <t>Singleback Normal FL Go</t>
   </si>
   <si>
     <t>2-10-BAL 38 (2:16) 16-Ronnie Pepin sacked at BAL 27 for -11 yards (23-Joseph Carlisle)</t>
   </si>
@@ -2030,51 +2030,51 @@
   <si>
     <t>BAL 23</t>
   </si>
   <si>
     <t>3-5-BAL 23 (1:36) 46-Lester Coltrane ran to BAL 21 for 2 yards. Tackle by 92-Kyle Koch.</t>
   </si>
   <si>
     <t>1:34</t>
   </si>
   <si>
     <t>1:31</t>
   </si>
   <si>
     <t>4-4-BAL 21 (1:32) 3-Scott Hutchinson 40 yard field goal is GOOD. BAL 0 TEN 9</t>
   </si>
   <si>
     <t>(1:29) 3-Scott Hutchinson kicks 66 yards from TEN 35 to BAL -1. 18-Marvin Allen to BAL 18 for 19 yards. Tackle by 27-Michael Baird.</t>
   </si>
   <si>
     <t>1:26</t>
   </si>
   <si>
     <t>1-10-BAL 18 (1:27) 16-Ronnie Pepin pass Pass knocked down by 25-Robert Delmonte. incomplete, intended for 19-Clinton Moses. Pressure by 58-Lance Maxwell.</t>
   </si>
   <si>
-    <t>#30 Richard Mulholland - RB</t>
+    <t>#38 Richard Mulholland - RB</t>
   </si>
   <si>
     <t>1:22</t>
   </si>
   <si>
     <t>2-10-BAL 18 (1:23) 16-Ronnie Pepin pass incomplete, intended for 86-William Love.</t>
   </si>
   <si>
     <t>1:20</t>
   </si>
   <si>
     <t>3-10-BAL 18 (1:21) PENALTY - False Start (BAL 18-Marvin Allen)</t>
   </si>
   <si>
     <t>3-15-BAL 13 (1:21) 16-Ronnie Pepin sacked at BAL 6 for -7 yards (50-Dan Romo). Sack allowed by 67-Eddie Doherty. BAL 2-Timothy Lord was injured on the play.</t>
   </si>
   <si>
     <t>0:58</t>
   </si>
   <si>
     <t>BAL 6</t>
   </si>
   <si>
     <t>4-22-BAL 6 (0:57) 16-Ronnie Pepin pass complete to 30-Richard Mulholland to BAL 17 for 11 yards. Tackle by 97-Joseph Klein. Turnover on downs.</t>
   </si>