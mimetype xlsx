--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -290,54 +290,54 @@
   <si>
     <t>CLE</t>
   </si>
   <si>
     <t>CLE 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 15-Timothy Magee kicks 74 yards from CLE 35 to CIN -9. Touchback.</t>
   </si>
   <si>
     <t>#83 Raymond Hansen - TE</t>
   </si>
   <si>
     <t>#95 Eric Anderson - MLB</t>
   </si>
   <si>
     <t>#48 Dennis Moore - FS</t>
   </si>
   <si>
-    <t>#27 Paul Dixson - CB</t>
-[...2 lines deleted...]
-    <t>#20 Jerry Smith - CB</t>
+    <t>#37 Paul Dixson - FS</t>
+  </si>
+  <si>
+    <t>#39 Jerry Smith - CB</t>
   </si>
   <si>
     <t>#53 Harold Jones - WLB</t>
   </si>
   <si>
     <t>#64 Jose Schaper - LDE</t>
   </si>
   <si>
     <t>#93 Christopher Soza - MLB</t>
   </si>
   <si>
     <t>#65 Robert Brown - LDE</t>
   </si>
   <si>
     <t>#92 Frank Pettie - WLB</t>
   </si>
   <si>
     <t>#55 Harry Johnson - SLB</t>
   </si>
   <si>
     <t>#15 Timothy Magee - K</t>
   </si>
   <si>
     <t>CIN</t>
   </si>
@@ -356,51 +356,51 @@
   <si>
     <t>#9 Matthew Kiser - QB</t>
   </si>
   <si>
     <t>#31 David Gentile - RB</t>
   </si>
   <si>
     <t>#80 Stephan Wilson - WR</t>
   </si>
   <si>
     <t>#10 Robert Johnson - WR</t>
   </si>
   <si>
     <t>#88 Dale Howe - WR</t>
   </si>
   <si>
     <t>#69 Lewis Varney - LT</t>
   </si>
   <si>
     <t>#68 Stuart Beck - LG</t>
   </si>
   <si>
     <t>#50 Fred Layden - C</t>
   </si>
   <si>
-    <t>#59 James Richardson - RG</t>
+    <t>#68 James Richardson - RG</t>
   </si>
   <si>
     <t>#66 Brandon Hagood - RT</t>
   </si>
   <si>
     <t>#97 Steve Stout - LDE</t>
   </si>
   <si>
     <t>#62 Shane Frakes - RDE</t>
   </si>
   <si>
     <t>#50 John Landry - DT</t>
   </si>
   <si>
     <t>#78 Russell Washington - RDE</t>
   </si>
   <si>
     <t>#37 Shane Jamison - MLB</t>
   </si>
   <si>
     <t>#90 Emil Richardson - WLB</t>
   </si>
   <si>
     <t>#31 Jess Gardner - CB</t>
   </si>
@@ -422,186 +422,186 @@
   <si>
     <t>CIN 24</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>2-11-CIN 24 (14:26) 31-David Gentile ran to CIN 24 for a short gain. Tackle by 90-Emil Richardson.</t>
   </si>
   <si>
     <t>13:51</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>3-11-CIN 24 (13:50) 9-Matthew Kiser pass Pass knocked down by 41-Charlie Parmenter. incomplete, intended for 31-David Gentile.</t>
   </si>
   <si>
-    <t>#38 Chad Wise - RB</t>
+    <t>#5 Chad Wise - RB</t>
   </si>
   <si>
     <t>#54 Lawrence Stevens - SLB</t>
   </si>
   <si>
     <t>13:46</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-11-CIN 24 (13:47) 7-Joe Hall punts 49 yards to CLE 27. Fair Catch by 89-William White. CLE 97-Steve Stout was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#7 Joe Hall - P</t>
   </si>
   <si>
     <t>#79 Raymond Griffin - C</t>
   </si>
   <si>
-    <t>#89 William White - WR</t>
+    <t>#88 William White - WR</t>
   </si>
   <si>
     <t>#83 Roy Larios - WR</t>
   </si>
   <si>
     <t>#93 Michael McPhee - WLB</t>
   </si>
   <si>
     <t>#10 Nathan Barker - WR</t>
   </si>
   <si>
-    <t>#13 Stephen Kotter - WR</t>
+    <t>#83 Stephen Kotter - WR</t>
   </si>
   <si>
     <t>#71 Carl Flynn - SLB</t>
   </si>
   <si>
     <t>#78 Albert Ricci - RT</t>
   </si>
   <si>
     <t>13:39</t>
   </si>
   <si>
     <t>CLE 27</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
   <si>
     <t>3-4 Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-CLE 27 (13:40) 48-Scott Calloway ran to CLE 39 for 13 yards. Tackle by 48-Dennis Moore.</t>
   </si>
   <si>
     <t>#4 Sang Wilson - QB</t>
   </si>
   <si>
     <t>#48 Scott Calloway - RB</t>
   </si>
   <si>
     <t>#43 Howard Dyson - FB</t>
   </si>
   <si>
-    <t>#80 Justin Whitley - FB</t>
+    <t>#80 Justin Whitley - C</t>
   </si>
   <si>
     <t>#52 Foster Wyatt - LT</t>
   </si>
   <si>
     <t>#67 Michael Dominguez - LG</t>
   </si>
   <si>
-    <t>#64 William Smith - C</t>
+    <t>#66 William Smith - C</t>
   </si>
   <si>
     <t>#69 Jonathan Alston - RG</t>
   </si>
   <si>
     <t>#70 Horace Glenn - RT</t>
   </si>
   <si>
     <t>#70 Fred Evans - DT</t>
   </si>
   <si>
     <t>#97 James Parkinson - LDE</t>
   </si>
   <si>
-    <t>#90 Ramon Lopez - SLB</t>
-[...5 lines deleted...]
-    <t>#35 Robert Miller - CB</t>
+    <t>#51 Ramon Lopez - SLB</t>
+  </si>
+  <si>
+    <t>#55 Charles Bailey - MLB</t>
+  </si>
+  <si>
+    <t>#40 Robert Miller - SLB</t>
   </si>
   <si>
     <t>#44 Dennis Mears - CB</t>
   </si>
   <si>
     <t>13:01</t>
   </si>
   <si>
     <t>CLE 39</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Flats</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-CLE 39 (13:00) 4-Sang Wilson pass complete to 13-Stephen Kotter to CLE 45 for 6 yards. Tackle by 53-Harold Jones.</t>
   </si>
   <si>
     <t>12:25</t>
   </si>
   <si>
     <t>CLE 45</t>
   </si>
   <si>
     <t>Singleback Normal FL Post</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>2-4-CLE 45 (12:24) 4-Sang Wilson pass complete to 13-Stephen Kotter to CIN 40 for 14 yards. Tackle by 20-Jerry Smith. 13-Stephen Kotter breaks down the CB.</t>
   </si>
   <si>
-    <t>#67 Patrick Kelly - DT</t>
+    <t>#57 Patrick Kelly - DT</t>
   </si>
   <si>
     <t>11:40</t>
   </si>
   <si>
     <t>CIN 40</t>
   </si>
   <si>
     <t>I Formation Normal Cross In</t>
   </si>
   <si>
     <t>3-4 Normal 4 Deep Zone</t>
   </si>
   <si>
     <t>1-10-CIN 40 (11:39) 4-Sang Wilson pass complete to 80-Justin Whitley to CIN 30 for 11 yards. Tackle by 44-Dennis Mears.</t>
   </si>
   <si>
     <t>11:04</t>
   </si>
   <si>
     <t>CIN 30</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
@@ -695,54 +695,54 @@
   <si>
     <t>#63 Clark Gonzalez - RG</t>
   </si>
   <si>
     <t>#74 Harry Brown - LG</t>
   </si>
   <si>
     <t>#66 Raymond Jordan - DT</t>
   </si>
   <si>
     <t>(8:39) 15-Timothy Magee kicks 69 yards from CLE 35 to CIN -4. 83-Raymond Hansen to CIN 20 for 25 yards. Tackle by 41-Charlie Parmenter. CIN 93-Christopher Soza was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>8:33</t>
   </si>
   <si>
     <t>CIN 20</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>1-10-CIN 20 (8:34) 31-David Gentile ran to CIN 22 for 2 yards. Tackle by 90-Emil Richardson.</t>
   </si>
   <si>
-    <t>#23 Garret Tingle - FB</t>
-[...2 lines deleted...]
-    <t>#82 Mark Dean - TE</t>
+    <t>#39 Garret Tingle - FB</t>
+  </si>
+  <si>
+    <t>#82 Mark Dean - WR</t>
   </si>
   <si>
     <t>#89 John Surber - TE</t>
   </si>
   <si>
     <t>#23 George Calvillo - CB</t>
   </si>
   <si>
     <t>#26 William Adames - CB</t>
   </si>
   <si>
     <t>7:59</t>
   </si>
   <si>
     <t>CIN 22</t>
   </si>
   <si>
     <t>2-8-CIN 22 (7:58) 31-David Gentile ran to CIN 21 for -1 yards. Tackle by 78-Russell Washington.</t>
   </si>
   <si>
     <t>7:15</t>
   </si>
   <si>
     <t>CIN 21</t>
   </si>