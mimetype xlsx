--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -281,186 +281,186 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>HOU has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>BUF</t>
   </si>
   <si>
     <t>BUF 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-Steven Levasseur kicks 67 yards from BUF 35 to HOU -2. Touchback.</t>
   </si>
   <si>
-    <t>#40 Eugene Andersen - FB</t>
+    <t>#34 Eugene Andersen - FB</t>
   </si>
   <si>
     <t>#92 Eli Johnson - LDE</t>
   </si>
   <si>
     <t>#75 David Powell - LDE</t>
   </si>
   <si>
     <t>#96 Howard Dark - RDE</t>
   </si>
   <si>
     <t>#27 Stephen Martin - FS</t>
   </si>
   <si>
-    <t>#98 Marion Chatterton - DT</t>
+    <t>#53 Marion Chatterton - DT</t>
   </si>
   <si>
     <t>#23 Odis Stroud - CB</t>
   </si>
   <si>
     <t>#29 Carlos Hanks - CB</t>
   </si>
   <si>
     <t>#38 Jacob Hoffman - SS</t>
   </si>
   <si>
     <t>#26 Timothy Dickerman - RB</t>
   </si>
   <si>
     <t>#47 Tristan Herman - SS</t>
   </si>
   <si>
     <t>#7 Steven Levasseur - K</t>
   </si>
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>HOU 25</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-HOU 25 (15:00) 5-Howard Ahmad pass complete to 10-Christopher Gaither to HOU 27 for 2 yards. Tackle by 22-Richard Lewis.</t>
   </si>
   <si>
     <t>#5 Howard Ahmad - QB</t>
   </si>
   <si>
-    <t>#44 David Ambrose - FB</t>
+    <t>#43 David Ambrose - FB</t>
   </si>
   <si>
     <t>#10 Christopher Gaither - WR</t>
   </si>
   <si>
-    <t>#17 Todd Ayers - WR</t>
+    <t>#87 Todd Ayers - WR</t>
   </si>
   <si>
     <t>#15 Ernest Steele - WR</t>
   </si>
   <si>
-    <t>#74 Frank McRoy - LT</t>
+    <t>#77 Frank McRoy - LT</t>
   </si>
   <si>
     <t>#56 Ray Rhea - LG</t>
   </si>
   <si>
-    <t>#70 John Brown - C</t>
+    <t>#59 John Brown - C</t>
   </si>
   <si>
     <t>#65 Clifford Battin - RG</t>
   </si>
   <si>
     <t>#72 Vincent Jolly - RT</t>
   </si>
   <si>
-    <t>#73 Donald Munoz - LDE</t>
-[...2 lines deleted...]
-    <t>#62 Bradley Booker - DT</t>
+    <t>#90 Donald Munoz - LDE</t>
+  </si>
+  <si>
+    <t>#54 Bradley Booker - DT</t>
   </si>
   <si>
     <t>#96 Daniel Rosas - DT</t>
   </si>
   <si>
     <t>#76 Jose Huffman - RDE</t>
   </si>
   <si>
-    <t>#55 James Glade - MLB</t>
-[...2 lines deleted...]
-    <t>#53 Jack Harris - WLB</t>
+    <t>#54 James Glade - MLB</t>
+  </si>
+  <si>
+    <t>#43 Jack Harris - MLB</t>
   </si>
   <si>
     <t>#22 Richard Lewis - CB</t>
   </si>
   <si>
-    <t>#42 John Dearborn - CB</t>
+    <t>#27 John Dearborn - CB</t>
   </si>
   <si>
     <t>#26 James Adams - CB</t>
   </si>
   <si>
     <t>#37 Rafael Calloway - SS</t>
   </si>
   <si>
     <t>#38 William Johnson - FS</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>HOU 27</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-8-HOU 27 (14:22) 26-Timothy Dickerman ran to HOU 39 for 12 yards. Tackle by 37-Rafael Calloway.</t>
   </si>
   <si>
     <t>#87 Anthony Ulrich - TE</t>
   </si>
   <si>
-    <t>#83 Stevie Manning - TE</t>
-[...2 lines deleted...]
-    <t>#72 Jason Long - DT</t>
+    <t>#80 Stevie Manning - TE</t>
+  </si>
+  <si>
+    <t>#72 Jason Long - LDE</t>
   </si>
   <si>
     <t>#93 Edwin Quezada - SLB</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>HOU 39</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-HOU 39 (13:37) 26-Timothy Dickerman ran to BUF 46 for 15 yards. Tackle by 37-Rafael Calloway.</t>
   </si>
   <si>
     <t>13:03</t>
   </si>
   <si>
     <t>BUF 46</t>
   </si>
@@ -581,138 +581,138 @@
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>3-3-BUF 3 (7:40) 26-Timothy Dickerman ran to BUF 1 for 2 yards. Tackle by 62-Bradley Booker.</t>
   </si>
   <si>
     <t>7:07</t>
   </si>
   <si>
     <t>BUF 1</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-1-BUF 1 (7:06) 19-Robert Davis 19 yard field goal is GOOD. HOU 3 BUF 0</t>
   </si>
   <si>
     <t>#19 Robert Davis - K</t>
   </si>
   <si>
-    <t>#73 David Ross - RT</t>
+    <t>#70 David Ross - RT</t>
   </si>
   <si>
     <t>#60 Gerald Johnson - C</t>
   </si>
   <si>
-    <t>#58 Charlie Otis - MLB</t>
-[...2 lines deleted...]
-    <t>#90 Phillip Chandler - MLB</t>
+    <t>#91 Charlie Otis - MLB</t>
+  </si>
+  <si>
+    <t>#1 Phillip Chandler - SLB</t>
   </si>
   <si>
     <t>#98 Shane Noe - WLB</t>
   </si>
   <si>
     <t>#63 Adam Newman - DT</t>
   </si>
   <si>
     <t>#51 Richard Lollar - RDE</t>
   </si>
   <si>
     <t>7:04</t>
   </si>
   <si>
     <t>HOU 35</t>
   </si>
   <si>
     <t>(7:05) 19-Robert Davis kicks 68 yards from HOU 35 to BUF -3. 25-William McCall to BUF 15 for 18 yards. Tackle by 27-Stephen Martin.</t>
   </si>
   <si>
     <t>#25 William McCall - RB</t>
   </si>
   <si>
     <t>7:00</t>
   </si>
   <si>
     <t>BUF 15</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>1-10-BUF 15 (7:01) 6-Terry Leiser pass incomplete, intended for 19-Robert Mitchell.</t>
   </si>
   <si>
     <t>#6 Terry Leiser - QB</t>
   </si>
   <si>
-    <t>#41 John Tarrant - FB</t>
+    <t>#62 John Tarrant - RG</t>
   </si>
   <si>
     <t>#85 Kurt Santana - TE</t>
   </si>
   <si>
-    <t>#82 Sean Taylor - WR</t>
+    <t>#19 Sean Taylor - WR</t>
   </si>
   <si>
     <t>#19 Robert Mitchell - WR</t>
   </si>
   <si>
     <t>#65 Jerry Easterling - RT</t>
   </si>
   <si>
     <t>#75 Robert Crawford - LG</t>
   </si>
   <si>
     <t>#70 Ellis Escobedo - C</t>
   </si>
   <si>
     <t>#57 Jason Campbell - RG</t>
   </si>
   <si>
     <t>#30 Douglas Jones - RT</t>
   </si>
   <si>
     <t>#77 John Allen - DT</t>
   </si>
   <si>
     <t>#93 Jeff Miller - SLB</t>
   </si>
   <si>
     <t>#53 Roger Price - MLB</t>
   </si>
   <si>
-    <t>#51 Andrew Turner - WLB</t>
+    <t>#41 Andrew Turner - WLB</t>
   </si>
   <si>
     <t>6:58</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>2-10-BUF 15 (6:59) 6-Terry Leiser pass Pass knocked down by 23-Odis Stroud. incomplete, intended for 19-Robert Mitchell.</t>
   </si>
   <si>
     <t>6:55</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>3-10-BUF 15 (6:56) 6-Terry Leiser pass complete to 82-Sean Taylor to BUF 26 for 11 yards. Tackle by 47-Tristan Herman.</t>
   </si>
   <si>
     <t>#36 Raul Carter - RB</t>
   </si>
@@ -737,51 +737,51 @@
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 3 Deep MLB Blitz</t>
   </si>
   <si>
     <t>2-10-BUF 26 (6:15) 25-William McCall ran to BUF 41 for 15 yards. Tackle by 27-Stephen Martin.</t>
   </si>
   <si>
     <t>#12 John Sargent - WR</t>
   </si>
   <si>
     <t>5:39</t>
   </si>
   <si>
     <t>BUF 41</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>1-10-BUF 41 (5:38) 6-Terry Leiser pass Pass knocked down by 29-Carlos Hanks. incomplete, intended for 85-Kurt Santana.</t>
   </si>
   <si>
-    <t>#50 Peter Keenan - RT</t>
+    <t>#50 Peter Keenan - RG</t>
   </si>
   <si>
     <t>5:35</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Blitz</t>
   </si>
   <si>
     <t>2-10-BUF 41 (5:36) 25-William McCall ran to BUF 42 for 1 yards. Tackle by 75-David Powell.</t>
   </si>
   <si>
     <t>5:02</t>
   </si>
   <si>
     <t>BUF 42</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>3-9-BUF 42 (5:01) 6-Terry Leiser pass complete to 25-William McCall to BUF 40 for -2 yards. Tackle by 93-Jeff Miller.</t>
   </si>
@@ -959,51 +959,51 @@
   <si>
     <t>BUF 2</t>
   </si>
   <si>
     <t>2-2-BUF 2 (10:20) 26-Timothy Dickerman ran for 2 yards. TOUCHDOWN! HOU 9 BUF 0</t>
   </si>
   <si>
     <t>(10:17) Extra point by 19-Robert Davis is NO GOOD. (Wide Left)</t>
   </si>
   <si>
     <t>(10:17) 19-Robert Davis kicks 69 yards from HOU 35 to BUF -4. 25-William McCall to BUF 23 for 28 yards. Tackle by 19-Robert Davis.</t>
   </si>
   <si>
     <t>10:10</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-BUF 23 (10:11) 6-Terry Leiser pass Pass knocked down by 47-Tristan Herman. incomplete, intended for 82-Sean Taylor. PENALTY - Holding (BUF 75-Robert Crawford)</t>
   </si>
   <si>
     <t>#78 Donald Nation - DT</t>
   </si>
   <si>
-    <t>#43 Kermit Price - FS</t>
+    <t>#37 Kermit Price - CB</t>
   </si>
   <si>
     <t>10:07</t>
   </si>
   <si>
     <t>BUF 13</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-20-BUF 13 (10:08) 25-William McCall ran to BUF 21 for 8 yards. Tackle by 27-Stephen Martin. BUF 70-Ellis Escobedo was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>9:31</t>
   </si>
   <si>
     <t>2-12-BUF 21 (9:30) 6-Terry Leiser pass Pass knocked down by 23-Odis Stroud. incomplete, intended for 19-Robert Mitchell.</t>
   </si>
   <si>
     <t>9:26</t>
   </si>
   <si>
     <t>3-12-BUF 21 (9:27) 6-Terry Leiser pass complete to 25-William McCall to BUF 21 for a short loss. Tackle by 93-Jeff Miller.</t>
   </si>
@@ -1751,51 +1751,51 @@
   <si>
     <t>1-10-HOU 48 (5:08) 6-Terry Leiser pass complete to 18-John Gale to HOU 34 for 15 yards. Tackle by 51-Andrew Turner. 24-Kenneth Tomasini got away with a hold on that play.</t>
   </si>
   <si>
     <t>1-10-HOU 34 (4:46) 6-Terry Leiser pass incomplete, dropped by 42-Hector Debnam.</t>
   </si>
   <si>
     <t>4:43</t>
   </si>
   <si>
     <t>2-10-HOU 34 (4:44) 6-Terry Leiser pass complete to 12-John Sargent to HOU 24 for 10 yards. Tackle by 53-Roger Price.</t>
   </si>
   <si>
     <t>4:20</t>
   </si>
   <si>
     <t>HOU 24</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-HOU 24 (4:19) 6-Terry Leiser pass Pass knocked down by 49-William Howard. incomplete, intended for 25-William McCall. Pressure by 92-Eli Johnson.</t>
   </si>
   <si>
-    <t>#41 Chester Highsmith - CB</t>
+    <t>#21 Chester Highsmith - CB</t>
   </si>
   <si>
     <t>4:14</t>
   </si>
   <si>
     <t>2-10-HOU 24 (4:15) 6-Terry Leiser sacked at HOU 28 for -4 yards (93-Jeff Miller). Sack allowed by 42-Hector Debnam.</t>
   </si>
   <si>
     <t>3:56</t>
   </si>
   <si>
     <t>HOU 28</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR2 Deep Post</t>
   </si>
   <si>
     <t>3-14-HOU 28 (3:55) 6-Terry Leiser sacked at HOU 38 for -11 yards (98-Marion Chatterton). Sack allowed by 57-Jason Campbell.</t>
   </si>
   <si>
     <t>3:34</t>
   </si>
   <si>
     <t>HOU 38</t>
   </si>
@@ -2284,63 +2284,63 @@
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="70" max="70" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="71" max="71" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="82" max="82" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">