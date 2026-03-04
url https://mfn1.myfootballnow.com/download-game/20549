--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -290,120 +290,120 @@
   <si>
     <t>ARZ</t>
   </si>
   <si>
     <t>ARZ 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 18-Brain McClure kicks 71 yards from ARZ 35 to SEA -6. Touchback.</t>
   </si>
   <si>
     <t>#28 James Moran - RB</t>
   </si>
   <si>
     <t>#97 Ron Main - SLB</t>
   </si>
   <si>
     <t>#47 Raymond Green - SS</t>
   </si>
   <si>
-    <t>#96 Paul Burke - WLB</t>
+    <t>#55 Paul Burke - WLB</t>
   </si>
   <si>
     <t>#77 William Allen - DT</t>
   </si>
   <si>
     <t>#95 Mark Hager - DT</t>
   </si>
   <si>
     <t>#61 Lowell McCalla - RDE</t>
   </si>
   <si>
     <t>#57 James Reny - MLB</t>
   </si>
   <si>
     <t>#39 Jose Anderson - CB</t>
   </si>
   <si>
     <t>#34 Robert Desir - CB</t>
   </si>
   <si>
-    <t>#59 John Nickelson - MLB</t>
+    <t>#92 John Nickelson - MLB</t>
   </si>
   <si>
     <t>#18 Brain McClure - K</t>
   </si>
   <si>
     <t>SEA</t>
   </si>
   <si>
     <t>SEA 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-SEA 25 (15:00) 28-James Moran ran to SEA 24 for -1 yards. Tackle by 55-Charles Mauzy.</t>
   </si>
   <si>
-    <t>#10 Jonathan Olivarez - QB</t>
+    <t>#12 Jonathan Olivarez - QB</t>
   </si>
   <si>
     <t>#23 Hollis Kropp - FB</t>
   </si>
   <si>
     <t>#85 Michael Mims - TE</t>
   </si>
   <si>
     <t>#89 Marcus Barron - WR</t>
   </si>
   <si>
     <t>#87 Reed Baker - WR</t>
   </si>
   <si>
     <t>#52 Stephen Quam - LT</t>
   </si>
   <si>
     <t>#70 Gary Starks - RG</t>
   </si>
   <si>
     <t>#51 Charles Santos - C</t>
   </si>
   <si>
     <t>#69 Keith Coppage - RG</t>
   </si>
   <si>
-    <t>#76 Spencer Womack - RT</t>
+    <t>#61 Spencer Womack - RG</t>
   </si>
   <si>
     <t>#76 David Bailey - DT</t>
   </si>
   <si>
     <t>#69 Jimmy McKeown - DT</t>
   </si>
   <si>
     <t>#72 Javier Mulholland - DT</t>
   </si>
   <si>
     <t>#74 William George - RDE</t>
   </si>
   <si>
     <t>#98 Luis Elder - WLB</t>
   </si>
   <si>
     <t>#96 Howard Schmidt - MLB</t>
   </si>
   <si>
     <t>#55 Charles Mauzy - WLB</t>
   </si>
   <si>
     <t>#22 Steve Watson - CB</t>
   </si>
@@ -488,54 +488,54 @@
   <si>
     <t>#85 Joseph Roberts - WR</t>
   </si>
   <si>
     <t>#13 Andrew Hopkins - WR</t>
   </si>
   <si>
     <t>#68 William Holmes - LT</t>
   </si>
   <si>
     <t>#64 Larry Wilson - LG</t>
   </si>
   <si>
     <t>#78 Howard Green - C</t>
   </si>
   <si>
     <t>#67 John Smith - RG</t>
   </si>
   <si>
     <t>#52 Joseph Hicks - RT</t>
   </si>
   <si>
     <t>#63 David Roberts - LDE</t>
   </si>
   <si>
-    <t>#53 Rick Poland - MLB</t>
-[...2 lines deleted...]
-    <t>#20 Marcus Lynch - CB</t>
+    <t>#56 Rick Poland - DT</t>
+  </si>
+  <si>
+    <t>#27 Marcus Lynch - CB</t>
   </si>
   <si>
     <t>#22 Richard House - SS</t>
   </si>
   <si>
     <t>#40 Carl Jefcoat - FS</t>
   </si>
   <si>
     <t>13:31</t>
   </si>
   <si>
     <t>SEA 27</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Strong Man Strong Zone Weak</t>
   </si>
   <si>
     <t>1-10-SEA 27 (13:32) 21-Samuel Burke ran to SEA 24 for 3 yards. Tackle by 53-Rick Poland.</t>
   </si>
   <si>
     <t>#10 Frederick Lancaster - WR</t>
   </si>