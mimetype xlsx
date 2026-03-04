--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -290,51 +290,51 @@
   <si>
     <t>CAR</t>
   </si>
   <si>
     <t>CAR 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Curtis Dugas kicks 75 yards from CAR 35 to TBY -10. Touchback.</t>
   </si>
   <si>
     <t>#15 Erik Acord - WR</t>
   </si>
   <si>
     <t>#30 Brian Cobb - CB</t>
   </si>
   <si>
     <t>#96 John Jackson - DT</t>
   </si>
   <si>
-    <t>#32 Charlie Ramirez - FS</t>
+    <t>#26 Charlie Ramirez - FS</t>
   </si>
   <si>
     <t>#24 Robert Barton - CB</t>
   </si>
   <si>
     <t>#53 Anthony Sipple - MLB</t>
   </si>
   <si>
     <t>#18 Sean Byerly - WR</t>
   </si>
   <si>
     <t>#90 Darrell Toller - MLB</t>
   </si>
   <si>
     <t>#65 John Thomas - DT</t>
   </si>
   <si>
     <t>#67 Carlos Medina - RT</t>
   </si>
   <si>
     <t>#62 Willie Walker - RDE</t>
   </si>
   <si>
     <t>#3 Curtis Dugas - K</t>
   </si>
@@ -374,51 +374,51 @@
   <si>
     <t>#70 Keith Bullins - LG</t>
   </si>
   <si>
     <t>#75 Martin Carney - C</t>
   </si>
   <si>
     <t>#77 Leon Oshea - RG</t>
   </si>
   <si>
     <t>#56 Shaun Edwards - LDE</t>
   </si>
   <si>
     <t>#61 Jonathan Runyan - DT</t>
   </si>
   <si>
     <t>#96 Gerald Chappell - LDE</t>
   </si>
   <si>
     <t>#94 Garland Lauritzen - MLB</t>
   </si>
   <si>
     <t>#98 Joseph Olson - MLB</t>
   </si>
   <si>
-    <t>#53 Albert Harvey - WLB</t>
+    <t>#91 Albert Harvey - WLB</t>
   </si>
   <si>
     <t>#37 Jamey Jim - CB</t>
   </si>
   <si>
     <t>#23 Scott Anderson - CB</t>
   </si>
   <si>
     <t>#30 Everett Watson - CB</t>
   </si>
   <si>
     <t>#48 James Carswell - SS</t>
   </si>
   <si>
     <t>#27 Bernie Bell - FS</t>
   </si>
   <si>
     <t>14:28</t>
   </si>
   <si>
     <t>TBY 30</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
@@ -503,153 +503,153 @@
   <si>
     <t>#76 Randy Starkey - DT</t>
   </si>
   <si>
     <t>11:24</t>
   </si>
   <si>
     <t>CAR 43</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-5-CAR 43 (11:23) 17-Matthew Blankenship punts 42 yards to CAR 2.</t>
   </si>
   <si>
     <t>#17 Matthew Blankenship - P</t>
   </si>
   <si>
     <t>#32 Chris Harrington - RB</t>
   </si>
   <si>
-    <t>#18 Conrad Bailey - WR</t>
+    <t>#81 Conrad Bailey - WR</t>
   </si>
   <si>
     <t>#90 John Betts - MLB</t>
   </si>
   <si>
     <t>#63 John Pettis - RG</t>
   </si>
   <si>
     <t>#55 Steven Olivo - RG</t>
   </si>
   <si>
     <t>11:12</t>
   </si>
   <si>
     <t>CAR 2</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-CAR 2 (11:13) 29-Robert Probst ran to CAR 5 for 3 yards. Tackle by 96-Odell Smith. CAR 33-Lewis Derossett was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#4 Harold Webb - QB</t>
   </si>
   <si>
     <t>#29 Robert Probst - RB</t>
   </si>
   <si>
     <t>#20 Samuel Shrewsbury - FB</t>
   </si>
   <si>
     <t>#33 Lewis Derossett - FB</t>
   </si>
   <si>
     <t>#88 Brandon Barnes - TE</t>
   </si>
   <si>
     <t>#82 Kirk Oakes - TE</t>
   </si>
   <si>
     <t>#70 Charles Houston - LT</t>
   </si>
   <si>
-    <t>#60 Erin Hale - LG</t>
+    <t>#76 Erin Hale - LT</t>
   </si>
   <si>
     <t>#51 Evan Bridges - C</t>
   </si>
   <si>
     <t>#67 Charles Smith - RG</t>
   </si>
   <si>
-    <t>#66 Matthew Eskridge - RT</t>
+    <t>#77 Matthew Eskridge - RT</t>
   </si>
   <si>
     <t>#92 Thomas Marrs - RDE</t>
   </si>
   <si>
     <t>#50 John Miller - LDE</t>
   </si>
   <si>
     <t>#74 Lawerence Garcia - SLB</t>
   </si>
   <si>
     <t>#96 John Quarterman - SLB</t>
   </si>
   <si>
     <t>#96 Odell Smith - WLB</t>
   </si>
   <si>
     <t>#31 Shayne Perkins - CB</t>
   </si>
   <si>
     <t>#40 David Jones - CB</t>
   </si>
   <si>
     <t>#30 Anthony Padilla - FS</t>
   </si>
   <si>
     <t>10:33</t>
   </si>
   <si>
     <t>CAR 5</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>2-7-CAR 5 (10:32) 4-Harold Webb pass Pass knocked down by 32-Charlie Ramirez. incomplete, intended for 29-Robert Probst.</t>
   </si>
   <si>
-    <t>#85 Max Turner - WR</t>
-[...2 lines deleted...]
-    <t>#17 Kenneth Berry - WR</t>
+    <t>#12 Max Turner - WR</t>
+  </si>
+  <si>
+    <t>#15 Kenneth Berry - WR</t>
   </si>
   <si>
     <t>10:28</t>
   </si>
   <si>
     <t>Shotgun Normal HB Dive</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>3-7-CAR 5 (10:29) 29-Robert Probst ran to CAR 15 for 10 yards. Tackle by 31-Lawrence Miller.</t>
   </si>
   <si>
     <t>#14 Kristopher Hernandez - WR</t>
   </si>
   <si>
     <t>#31 Lawrence Miller - CB</t>
   </si>
   <si>
     <t>9:54</t>
   </si>
   <si>
     <t>CAR 15</t>
   </si>
@@ -671,51 +671,51 @@
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>2-7-CAR 18 (9:13) 4-Harold Webb pass complete to 33-Lewis Derossett to CAR 22 for 3 yards. Tackle by 96-Odell Smith.</t>
   </si>
   <si>
     <t>8:33</t>
   </si>
   <si>
     <t>CAR 22</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>3-4-CAR 22 (8:32) 4-Harold Webb pass Pass knocked down by 24-Robert Barton. incomplete, intended for 88-Brandon Barnes.</t>
   </si>
   <si>
     <t>8:29</t>
   </si>
   <si>
     <t>4-4-CAR 22 (8:30) 13-Dustin Christensen punts 47 yards to TBY 31. Fair Catch by 15-Erik Acord.</t>
   </si>
   <si>
-    <t>#13 Dustin Christensen - P</t>
+    <t>#4 Dustin Christensen - P</t>
   </si>
   <si>
     <t>#75 Richard Gullion - RT</t>
   </si>
   <si>
     <t>#77 Raymond Johnson - LT</t>
   </si>
   <si>
     <t>#61 Thomas Hoff - RDE</t>
   </si>
   <si>
     <t>8:22</t>
   </si>
   <si>
     <t>TBY 31</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>1-10-TBY 31 (8:23) 10-Ted Bryant sacked at TBY 24 for -7 yards (96-Gerald Chappell). Sack allowed by 67-Carlos Medina.</t>
   </si>
   <si>
     <t>7:50</t>
   </si>
@@ -875,51 +875,51 @@
   <si>
     <t>2-8-CAR 14 (2:42) 10-Ted Bryant pass complete to 44-Julio Alger to CAR 10 for 4 yards. Tackle by 96-Gerald Chappell.</t>
   </si>
   <si>
     <t>1:58</t>
   </si>
   <si>
     <t>CAR 10</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>3-4-CAR 10 (1:57) 44-Julio Alger ran to CAR 8 for 2 yards. Tackle by 94-Garland Lauritzen.</t>
   </si>
   <si>
     <t>1:22</t>
   </si>
   <si>
     <t>CAR 8</t>
   </si>
   <si>
     <t>4-2-CAR 8 (1:21) 13-Thomas Bennett 25 yard field goal is GOOD. CAR 3 TBY 3</t>
   </si>
   <si>
-    <t>#13 Thomas Bennett - K</t>
+    <t>#7 Thomas Bennett - K</t>
   </si>
   <si>
     <t>1:18</t>
   </si>
   <si>
     <t>TBY 35</t>
   </si>
   <si>
     <t>(1:19) 13-Thomas Bennett kicks 74 yards from TBY 35 to CAR -9. Touchback.</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>46 Heavy 1 Deep SS MLB Blitz</t>
   </si>
   <si>
     <t>1-10-CAR 25 (1:19) 29-Robert Probst ran to CAR 27 for 2 yards. Tackle by 53-Anthony Sipple. CAR 60-Erin Hale was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>0:46</t>
   </si>
   <si>
     <t>CAR 27</t>
   </si>
@@ -2175,66 +2175,66 @@
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>