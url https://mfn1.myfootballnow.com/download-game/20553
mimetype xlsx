--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -293,135 +293,135 @@
   <si>
     <t>CHI 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Russell Everett kicks 73 yards from CHI 35 to DET -8. Touchback.</t>
   </si>
   <si>
     <t>#23 Kenneth Watson - RB</t>
   </si>
   <si>
     <t>#49 Glenn Brooks - CB</t>
   </si>
   <si>
     <t>#61 Thomas Pawlowski - DT</t>
   </si>
   <si>
     <t>#37 James Rusin - SS</t>
   </si>
   <si>
-    <t>#74 Kevin Warren - RDE</t>
+    <t>#75 Kevin Warren - RDE</t>
   </si>
   <si>
     <t>#22 Clyde Rosario - CB</t>
   </si>
   <si>
     <t>#76 Jason Mills - DT</t>
   </si>
   <si>
     <t>#93 Michael Saunders - DT</t>
   </si>
   <si>
-    <t>#91 Larry Young - MLB</t>
+    <t>#96 Larry Young - MLB</t>
   </si>
   <si>
     <t>#57 Jeff Vaughn - DT</t>
   </si>
   <si>
     <t>#98 Alberto Burdette - MLB</t>
   </si>
   <si>
     <t>#3 Russell Everett - K</t>
   </si>
   <si>
     <t>DET</t>
   </si>
   <si>
     <t>DET 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-DET 25 (15:00) 23-Kenneth Watson ran to DET 26 for 1 yards. Tackle by 40-Robert Vasquez.</t>
   </si>
   <si>
     <t>#7 Thomas Pugliese - QB</t>
   </si>
   <si>
     <t>#25 Joe Speece - FB</t>
   </si>
   <si>
     <t>#89 Earl McKenzie - TE</t>
   </si>
   <si>
-    <t>#12 Michael Biron - WR</t>
-[...2 lines deleted...]
-    <t>#15 Glen Corral - WR</t>
+    <t>#81 Michael Biron - WR</t>
+  </si>
+  <si>
+    <t>#87 Glen Corral - WR</t>
   </si>
   <si>
     <t>#68 Leroy Lockett - C</t>
   </si>
   <si>
     <t>#78 William Robertson - LG</t>
   </si>
   <si>
     <t>#56 Ernest Cavanaugh - C</t>
   </si>
   <si>
-    <t>#50 Lon Marchetti - RT</t>
+    <t>#50 Lon Marchetti - RG</t>
   </si>
   <si>
     <t>#52 Jimmy Degregorio - RT</t>
   </si>
   <si>
     <t>#94 Scot Fick - LDE</t>
   </si>
   <si>
     <t>#76 Darryl Hurt - DT</t>
   </si>
   <si>
     <t>#95 Keven Swain - DT</t>
   </si>
   <si>
     <t>#91 Charles Hensley - RDE</t>
   </si>
   <si>
     <t>#50 Donald Kendricks - WLB</t>
   </si>
   <si>
-    <t>#51 Angelo Sadler - MLB</t>
+    <t>#99 Angelo Sadler - MLB</t>
   </si>
   <si>
     <t>#56 Juan Dryden - WLB</t>
   </si>
   <si>
     <t>#49 Donald Cronk - CB</t>
   </si>
   <si>
     <t>#35 Danny Matteson - CB</t>
   </si>
   <si>
     <t>#40 Robert Vasquez - CB</t>
   </si>
   <si>
     <t>#49 Alex Sellers - FS</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>DET 26</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
@@ -431,153 +431,153 @@
   <si>
     <t>2-9-DET 26 (14:22) 7-Thomas Pugliese pass incomplete, intended for 89-Earl McKenzie. DET 68-Leroy Lockett was injured on the play. He looks like he should be able to return. PENALTY - Holding (DET 50-Lon Marchetti)</t>
   </si>
   <si>
     <t>#44 Harry Higgins - RB</t>
   </si>
   <si>
     <t>#97 David Dalton - DT</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>DET 16</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-19-DET 16 (14:19) 23-Kenneth Watson ran to DET 21 for 5 yards. Tackle by 51-Angelo Sadler.</t>
   </si>
   <si>
-    <t>#80 Leonard Weldon - TE</t>
+    <t>#88 Leonard Weldon - TE</t>
   </si>
   <si>
     <t>#70 Jack Jackson - RT</t>
   </si>
   <si>
     <t>13:43</t>
   </si>
   <si>
     <t>DET 21</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>3-14-DET 21 (13:42) 7-Thomas Pugliese pass incomplete, dropped by 15-Glen Corral. That was a dangerous pass.</t>
   </si>
   <si>
     <t>#83 Brett Jones - WR</t>
   </si>
   <si>
-    <t>#30 Tyrone Iraheta - CB</t>
+    <t>#22 Tyrone Iraheta - CB</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-14-DET 21 (13:39) 17-Melvin Rice punts 44 yards to CHI 35. Fair Catch by 38-Peter Hulett.</t>
   </si>
   <si>
     <t>#17 Melvin Rice - P</t>
   </si>
   <si>
     <t>#59 Thomas Martin - C</t>
   </si>
   <si>
     <t>#38 Peter Hulett - RB</t>
   </si>
   <si>
     <t>#93 Charles Woolery - RDE</t>
   </si>
   <si>
-    <t>#69 John Burns - RDE</t>
+    <t>#90 John Burns - RDE</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>1-10-CHI 35 (13:33) 38-Peter Hulett ran to CHI 48 for 13 yards. Tackle by 20-Robert Ross.</t>
   </si>
   <si>
     <t>#16 Charles Myers - QB</t>
   </si>
   <si>
     <t>#21 Sidney Quisenberry - RB</t>
   </si>
   <si>
     <t>#80 Brent Rendon - WR</t>
   </si>
   <si>
     <t>#85 Dennis Miller - TE</t>
   </si>
   <si>
     <t>#87 Roy Heiss - TE</t>
   </si>
   <si>
     <t>#77 Robert Desrosiers - LT</t>
   </si>
   <si>
     <t>#67 Tommy Brown - LG</t>
   </si>
   <si>
     <t>#60 Horace Taylor - C</t>
   </si>
   <si>
-    <t>#66 Kevin Link - RG</t>
+    <t>#62 Kevin Link - RG</t>
   </si>
   <si>
     <t>#63 Danny Anderson - LT</t>
   </si>
   <si>
     <t>#92 Michael Bowman - LDE</t>
   </si>
   <si>
     <t>#71 Nathan Davis - LDE</t>
   </si>
   <si>
     <t>#67 Richard Shah - RDE</t>
   </si>
   <si>
-    <t>#97 Elias Peacock - WLB</t>
+    <t>#57 Elias Peacock - WLB</t>
   </si>
   <si>
     <t>#5 Rafael Petrie - WLB</t>
   </si>
   <si>
     <t>#47 James Singleton - CB</t>
   </si>
   <si>
     <t>#20 Robert Ross - SS</t>
   </si>
   <si>
     <t>12:53</t>
   </si>
   <si>
     <t>CHI 48</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>1-10-CHI 48 (12:52) 16-Charles Myers pass complete to 10-Zachary Varney to DET 36 for 16 yards. Tackle by 47-James Singleton.</t>
   </si>
@@ -629,51 +629,51 @@
   <si>
     <t>DET 29</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>3-3-DET 29 (10:47) 16-Charles Myers pass Pass knocked down by 22-Clyde Rosario. incomplete, intended for 85-Dennis Miller.</t>
   </si>
   <si>
     <t>10:44</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-3-DET 29 (10:45) 3-Russell Everett 47 yard field goal is GOOD. CHI 3 DET 0</t>
   </si>
   <si>
     <t>#65 Peter Ostrowski - RG</t>
   </si>
   <si>
-    <t>#61 Kevin Alder - C</t>
+    <t>#56 Kevin Alder - C</t>
   </si>
   <si>
     <t>10:40</t>
   </si>
   <si>
     <t>(10:41) 3-Russell Everett kicks 74 yards from CHI 35 to DET -9. Touchback.</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-DET 25 (10:41) 23-Kenneth Watson ran to DET 26 for 1 yards. Tackle by 76-Darryl Hurt.</t>
   </si>
   <si>
     <t>10:05</t>
   </si>
   <si>
     <t>2-9-DET 26 (10:04) 23-Kenneth Watson ran to DET 26 for a short loss. Tackle by 97-David Dalton.</t>
   </si>
   <si>
     <t>9:21</t>
   </si>
@@ -854,51 +854,51 @@
   <si>
     <t>#58 Darnell Cloutier - MLB</t>
   </si>
   <si>
     <t>#36 Dana Pedigo - CB</t>
   </si>
   <si>
     <t>#48 Anthony Carpenter - CB</t>
   </si>
   <si>
     <t>2:37</t>
   </si>
   <si>
     <t>CHI 17</t>
   </si>
   <si>
     <t>2-9-CHI 17 (2:36) 44-Harry Higgins ran to CHI 16 for 2 yards. Tackle by 30-Tyrone Iraheta. PENALTY - Holding (DET 56-Ernest Cavanaugh)</t>
   </si>
   <si>
     <t>#47 Jeff Berryhill - RB</t>
   </si>
   <si>
     <t>#73 Edward Ashby - DT</t>
   </si>
   <si>
-    <t>#53 Michael Alexander - MLB</t>
+    <t>#98 Michael Alexander - MLB</t>
   </si>
   <si>
     <t>2:33</t>
   </si>
   <si>
     <t>CHI 27</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>2-18-CHI 27 (2:34) 7-Thomas Pugliese pass complete to 89-Earl McKenzie to CHI 20 for 7 yards. Tackle by 36-Dana Pedigo.</t>
   </si>
   <si>
     <t>1:58</t>
   </si>
   <si>
     <t>CHI 20</t>
   </si>
   <si>
     <t>3-11-CHI 20 (1:57) 7-Thomas Pugliese pass complete to 23-Kenneth Watson to CHI 18 for 2 yards. Tackle by 56-Juan Dryden.</t>
   </si>
   <si>
     <t>1:24</t>
   </si>
@@ -1487,51 +1487,51 @@
   <si>
     <t>4:46</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>1-10-CHI 35 (4:45) 16-Charles Myers pass complete to 85-Dennis Miller to CHI 49 for 13 yards. Tackle by 31-Horace Graham.</t>
   </si>
   <si>
     <t>3:58</t>
   </si>
   <si>
     <t>CHI 49</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>1-10-CHI 49 (3:57) 16-Charles Myers pass incomplete, intended for 85-Dennis Miller. Pressure by 67-Richard Shah.</t>
   </si>
   <si>
-    <t>#41 Edward Kittel - SS</t>
+    <t>#1 Edward Kittel - FS</t>
   </si>
   <si>
     <t>3:52</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>2-10-CHI 49 (3:53) 16-Charles Myers pass complete to 38-Peter Hulett to DET 47 for 4 yards. Tackle by 97-Elias Peacock.</t>
   </si>
   <si>
     <t>3:19</t>
   </si>
   <si>
     <t>DET 47</t>
   </si>
   <si>
     <t>3-6-DET 47 (3:18) 35-Larry Morgan ran to DET 40 for 7 yards. 35-Larry Morgan FUMBLES (57-Jeff Vaughn) recovered by DET-47-James Singleton at DET 38. Tackle by 35-Larry Morgan.</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>Nickel Blitz Stunt Blitz</t>
   </si>