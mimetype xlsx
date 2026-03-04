--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -311,162 +311,162 @@
   <si>
     <t>#94 William White - RDE</t>
   </si>
   <si>
     <t>#28 Richard Santana - CB</t>
   </si>
   <si>
     <t>#92 Michael Stowe - LDE</t>
   </si>
   <si>
     <t>#49 Conrad Johnson - CB</t>
   </si>
   <si>
     <t>#73 John Mendoza - LDE</t>
   </si>
   <si>
     <t>#65 Charles Keaton - LDE</t>
   </si>
   <si>
     <t>#46 Darryl Folden - SS</t>
   </si>
   <si>
     <t>#39 Vincent Hillery - CB</t>
   </si>
   <si>
-    <t>#96 Justin Brumbaugh - WLB</t>
+    <t>#48 Justin Brumbaugh - WLB</t>
   </si>
   <si>
     <t>#15 Robert Johnson - K</t>
   </si>
   <si>
     <t>KCY</t>
   </si>
   <si>
     <t>KCY 25</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-KCY 25 (15:00) 10-Howard Graham pass complete to 16-Joseph Jones to KCY 37 for 12 yards. Tackle by 27-Gary Morse.</t>
   </si>
   <si>
     <t>#10 Howard Graham - QB</t>
   </si>
   <si>
     <t>#40 Stephen Winget - RB</t>
   </si>
   <si>
     <t>#34 Johnathon Adams - FB</t>
   </si>
   <si>
     <t>#88 George Schmid - WR</t>
   </si>
   <si>
-    <t>#16 Joseph Jones - WR</t>
+    <t>#82 Joseph Jones - WR</t>
   </si>
   <si>
     <t>#74 Daniel Reece - LT</t>
   </si>
   <si>
     <t>#72 Raymond Dail - LG</t>
   </si>
   <si>
     <t>#60 Warren Driver - C</t>
   </si>
   <si>
     <t>#57 David Smith - RG</t>
   </si>
   <si>
     <t>#51 Michael Mangus - RT</t>
   </si>
   <si>
     <t>#94 Eric Schmitt - LDE</t>
   </si>
   <si>
-    <t>#72 James Patton - DT</t>
-[...2 lines deleted...]
-    <t>#73 Clayton Brown - DT</t>
+    <t>#65 James Patton - DT</t>
+  </si>
+  <si>
+    <t>#70 Clayton Brown - DT</t>
   </si>
   <si>
     <t>#79 Philip Cottrell - RDE</t>
   </si>
   <si>
     <t>#50 Curt Price - MLB</t>
   </si>
   <si>
     <t>#45 William Donnelly - WLB</t>
   </si>
   <si>
     <t>#26 Charles Wells - CB</t>
   </si>
   <si>
     <t>#28 Donald Lincoln - CB</t>
   </si>
   <si>
     <t>#27 Gary Morse - CB</t>
   </si>
   <si>
     <t>#35 John Reynolds - SS</t>
   </si>
   <si>
     <t>#49 Coleman Cooper - FS</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>KCY 37</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-KCY 37 (14:17) 40-Stephen Winget ran to KCY 43 for 6 yards. Tackle by 70-Tommy Fulton.</t>
   </si>
   <si>
     <t>#33 Steven Coffman - FB</t>
   </si>
   <si>
     <t>#81 Lucas Potts - TE</t>
   </si>
   <si>
-    <t>#85 Marco Brown - TE</t>
+    <t>#84 Marco Brown - TE</t>
   </si>
   <si>
     <t>#70 Tommy Fulton - DT</t>
   </si>
   <si>
-    <t>#48 Robert Carter - SLB</t>
+    <t>#2 Robert Carter - WLB</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>KCY 43</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>2-4-KCY 43 (13:32) 10-Howard Graham pass complete to 40-Stephen Winget to KCY 47 for 4 yards. Tackle by 26-Charles Wells.</t>
   </si>
   <si>
     <t>12:45</t>
   </si>
   <si>
     <t>KCY 47</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
@@ -563,132 +563,132 @@
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>3-5-OAK 37 (9:27) 40-Stephen Winget ran to OAK 32 for 5 yards. Tackle by 48-Robert Carter.</t>
   </si>
   <si>
     <t>8:45</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-1-OAK 32 (8:44) 8-James Renaud 49 yard field goal is GOOD. OAK 0 KCY 3</t>
   </si>
   <si>
     <t>#3 Carl Scott - QB</t>
   </si>
   <si>
-    <t>#61 Brendan Porter - C</t>
+    <t>#58 Brendan Porter - C</t>
   </si>
   <si>
     <t>#8 James Renaud - K</t>
   </si>
   <si>
     <t>#49 Henry Simmons - WLB</t>
   </si>
   <si>
     <t>8:40</t>
   </si>
   <si>
     <t>KCY 35</t>
   </si>
   <si>
     <t>(8:41) 8-James Renaud kicks 71 yards from KCY 35 to OAK -6. 19-Floyd Treat for 106yards. TOUCHDOWN! OAK 6 KCY 3</t>
   </si>
   <si>
     <t>#19 Floyd Treat - WR</t>
   </si>
   <si>
-    <t>#43 Lawrence Judd - MLB</t>
+    <t>#43 Lawrence Judd - SLB</t>
   </si>
   <si>
     <t>#18 Douglas Williams - WR</t>
   </si>
   <si>
     <t>#23 Kenneth Well - CB</t>
   </si>
   <si>
     <t>8:25</t>
   </si>
   <si>
     <t>KCY 15</t>
   </si>
   <si>
     <t>(8:26) Extra point GOOD by 15-Robert Johnson. OAK 7 KCY 3</t>
   </si>
   <si>
     <t>#14 John Toro - QB</t>
   </si>
   <si>
     <t>#67 Peter Check - RT</t>
   </si>
   <si>
-    <t>#62 Mike Cunha - LG</t>
+    <t>#66 Mike Cunha - LG</t>
   </si>
   <si>
     <t>#60 John Wright - LG</t>
   </si>
   <si>
     <t>#56 Henry Musgrove - LG</t>
   </si>
   <si>
     <t>#74 Lyndon Drake - RG</t>
   </si>
   <si>
     <t>#53 Ray Dahl - RT</t>
   </si>
   <si>
     <t>#58 Rickey Cagle - C</t>
   </si>
   <si>
     <t>#57 Donald Wolfe - C</t>
   </si>
   <si>
     <t>#65 Jared Rundle - RT</t>
   </si>
   <si>
     <t>#50 Kenny Kornegay - MLB</t>
   </si>
   <si>
     <t>#99 Theodore Wolf - RDE</t>
   </si>
   <si>
     <t>#56 Michael Dunn - DT</t>
   </si>
   <si>
     <t>#70 Peter James - DT</t>
   </si>
   <si>
-    <t>#93 Joe Sather - SLB</t>
+    <t>#52 Joe Sather - SLB</t>
   </si>
   <si>
     <t>#76 Jerry Parrish - DT</t>
   </si>
   <si>
     <t>#58 Tyrone Crews - MLB</t>
   </si>
   <si>
     <t>#75 Jeff McGann - DT</t>
   </si>
   <si>
     <t>(8:26) 15-Robert Johnson kicks 74 yards from OAK 35 to KCY -9. Touchback.</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>1-10-KCY 25 (8:26) 40-Stephen Winget ran to KCY 24 for -1 yards. Tackle by 35-John Reynolds.</t>
   </si>
   <si>
     <t>7:45</t>
   </si>
@@ -773,57 +773,57 @@
   <si>
     <t>OAK 23</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>2-3-OAK 23 (3:43) 40-Stephen Winget ran to OAK 17 for 6 yards. 40-Stephen Winget FUMBLES (26-Charles Wells) recovered by OAK-35-John Reynolds at OAK 16. Tackle by 81-Lucas Potts.</t>
   </si>
   <si>
     <t>#85 Luis Ornelas - TE</t>
   </si>
   <si>
     <t>3:37</t>
   </si>
   <si>
     <t>OAK 16</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-OAK 16 (3:38) 20-Pete Gardner ran to OAK 20 for 4 yards. Tackle by 96-Justin Brumbaugh.</t>
   </si>
   <si>
-    <t>#18 John Wade - QB</t>
+    <t>#13 John Wade - QB</t>
   </si>
   <si>
     <t>#20 Pete Gardner - RB</t>
   </si>
   <si>
-    <t>#31 Gerald Hanes - RB</t>
+    <t>#34 Gerald Hanes - RB</t>
   </si>
   <si>
     <t>#33 Steven Zimmerman - FB</t>
   </si>
   <si>
     <t>#89 Frank Jones - TE</t>
   </si>
   <si>
     <t>#88 Mark Velez - TE</t>
   </si>
   <si>
     <t>2:59</t>
   </si>
   <si>
     <t>OAK 20</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>2-6-OAK 20 (2:58) 18-John Wade pass Pass knocked down by 49-Conrad Johnson. incomplete, intended for 89-Frank Jones. PENALTY - Pass Interference (KCY 49-Conrad Johnson)</t>
   </si>
   <si>
     <t>#10 Kenneth Nale - WR</t>
   </si>
@@ -1184,51 +1184,51 @@
   <si>
     <t>2:37</t>
   </si>
   <si>
     <t>KCY 41</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-KCY 41 (2:36) 31-Gerald Hanes ran to KCY 33 for 7 yards. Tackle by 46-Darryl Folden.</t>
   </si>
   <si>
     <t>2:00</t>
   </si>
   <si>
     <t>Timeout for two minute warning.</t>
   </si>
   <si>
     <t>KCY 33</t>
   </si>
   <si>
     <t>2-3-KCY 33 (2:00) 31-Gerald Hanes ran to KCY 28 for 6 yards. Tackle by 50-Kenny Kornegay. OAK 89-Frank Jones was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#32 Merle Pace - RB</t>
+    <t>#32 Merle Pace - WR</t>
   </si>
   <si>
     <t>1:57</t>
   </si>
   <si>
     <t>1:54</t>
   </si>
   <si>
     <t>KCY 28</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>1-10-KCY 28 (1:55) 18-John Wade pass Pass knocked down by 96-Justin Brumbaugh. incomplete, intended for 19-Floyd Treat.</t>
   </si>
   <si>
     <t>1:50</t>
   </si>
   <si>
     <t>2-10-KCY 28 (1:51) 18-John Wade pass complete to 89-Frank Jones to KCY 16 for 12 yards. Tackle by 93-Joe Sather.</t>
   </si>
   <si>
     <t>1:27</t>
   </si>
@@ -1586,51 +1586,51 @@
   <si>
     <t>13:39</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>3-6-KCY 29 (13:38) 10-Howard Graham sacked at KCY 24 for -5 yards (94-Eric Schmitt). Sack allowed by 68-Michael Manus.</t>
   </si>
   <si>
     <t>#68 Michael Manus - LT</t>
   </si>
   <si>
     <t>13:00</t>
   </si>
   <si>
     <t>4-11-KCY 24 (12:59) 11-Bruce Spencer punts 44 yards to OAK 32.</t>
   </si>
   <si>
     <t>12:50</t>
   </si>
   <si>
     <t>1-10-OAK 32 (12:51) 20-Pete Gardner ran to OAK 37 for 5 yards. Tackle by 31-Glen Speirs.</t>
   </si>
   <si>
-    <t>#99 John Parente - MLB</t>
+    <t>#55 John Parente - MLB</t>
   </si>
   <si>
     <t>12:11</t>
   </si>
   <si>
     <t>2-5-OAK 37 (12:10) 31-Gerald Hanes ran to OAK 40 for 3 yards. Tackle by 93-Joe Sather.</t>
   </si>
   <si>
     <t>11:37</t>
   </si>
   <si>
     <t>3-2-OAK 40 (11:36) 20-Pete Gardner ran to KCY 47 for 13 yards. Tackle by 49-Conrad Johnson. OAK 31-Gerald Hanes was injured on the play.</t>
   </si>
   <si>
     <t>10:50</t>
   </si>
   <si>
     <t>1-10-KCY 47 (10:49) 18-John Wade pass complete to 83-Larry Santos to KCY 37 for 10 yards. Tackle by 47-Jason Shelton.</t>
   </si>
   <si>
     <t>10:09</t>
   </si>
   <si>
     <t>2-1-KCY 37 (10:08) 32-Merle Pace ran to KCY 31 for 6 yards. Tackle by 46-Darryl Folden.</t>
   </si>