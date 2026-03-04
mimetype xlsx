--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -281,75 +281,75 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>MIA has won the toss and elected to defer.</t>
   </si>
   <si>
     <t>MIA</t>
   </si>
   <si>
     <t>MIA 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 9-Daniel Liller kicks 74 yards from MIA 35 to CLE -9. Touchback.</t>
   </si>
   <si>
-    <t>#80 Justin Whitley - FB</t>
+    <t>#80 Justin Whitley - C</t>
   </si>
   <si>
     <t>#21 Charles Situ - CB</t>
   </si>
   <si>
     <t>#56 William Schwartz - LT</t>
   </si>
   <si>
     <t>#29 Marshall Roberson - CB</t>
   </si>
   <si>
     <t>#67 Michael Dominguez - LG</t>
   </si>
   <si>
     <t>#31 Jess Gardner - CB</t>
   </si>
   <si>
     <t>#57 Ronald Cade - RT</t>
   </si>
   <si>
     <t>#43 Howard Dyson - FB</t>
   </si>
   <si>
-    <t>#85 Richard Cole - FB</t>
+    <t>#85 Richard Cole - TE</t>
   </si>
   <si>
     <t>#10 Nathan Barker - WR</t>
   </si>
   <si>
     <t>#63 Clark Gonzalez - RG</t>
   </si>
   <si>
     <t>#9 Daniel Liller - K</t>
   </si>
   <si>
     <t>CLE</t>
   </si>
   <si>
     <t>CLE 25</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-CLE 25 (15:00) PENALTY - False Start (CLE 80-Justin Whitley)</t>
   </si>
@@ -398,51 +398,51 @@
   <si>
     <t>#35 David Blackmon - CB</t>
   </si>
   <si>
     <t>#37 Walter Jenkins - CB</t>
   </si>
   <si>
     <t>#48 Mikel Lacour - FS</t>
   </si>
   <si>
     <t>#40 Gregory Castillo - SS</t>
   </si>
   <si>
     <t>CLE 20</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-15-CLE 20 (15:00) 48-Scott Calloway ran to CLE 25 for 5 yards. Tackle by 52-Dan Cooper.</t>
   </si>
   <si>
-    <t>#13 Stephen Kotter - WR</t>
+    <t>#83 Stephen Kotter - WR</t>
   </si>
   <si>
     <t>14:27</t>
   </si>
   <si>
     <t>Singleback Normal FL Post</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>2-10-CLE 25 (14:26) 4-Sang Wilson pass Pass knocked down by 52-Dan Cooper. incomplete, intended for 48-Scott Calloway.</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>Dime Normal 2 Deep Man Under</t>
   </si>
   <si>
     <t>3-10-CLE 25 (14:23) 48-Scott Calloway ran to CLE 34 for 9 yards. Tackle by 40-Gregory Castillo.</t>
   </si>
   <si>
     <t>#27 Charles Weiner - CB</t>
   </si>
@@ -491,75 +491,75 @@
   <si>
     <t>MIA 16</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>1-10-MIA 16 (13:39) 42-Matthew Ulmer ran to MIA 22 for 5 yards. Tackle by 41-Charlie Parmenter.</t>
   </si>
   <si>
     <t>#5 Tommy Arnold - QB</t>
   </si>
   <si>
     <t>#42 Matthew Ulmer - RB</t>
   </si>
   <si>
     <t>#44 Ollie Vick - FB</t>
   </si>
   <si>
     <t>#86 Julius Watts - TE</t>
   </si>
   <si>
-    <t>#15 Peter Black - WR</t>
+    <t>#8 Peter Black - WR</t>
   </si>
   <si>
     <t>#11 David Cooper - WR</t>
   </si>
   <si>
-    <t>#70 George McCallum - LT</t>
-[...2 lines deleted...]
-    <t>#61 Kevin Guillory - C</t>
+    <t>#72 George McCallum - RT</t>
+  </si>
+  <si>
+    <t>#71 Kevin Guillory - LT</t>
   </si>
   <si>
     <t>#73 Michael Holmes - C</t>
   </si>
   <si>
     <t>#74 Theodore Clark - LT</t>
   </si>
   <si>
-    <t>#78 Victor Jandreau - RT</t>
+    <t>#61 Victor Jandreau - RG</t>
   </si>
   <si>
     <t>#97 Steve Stout - LDE</t>
   </si>
   <si>
-    <t>#75 Ronald Outland - DT</t>
+    <t>#59 Ronald Outland - DT</t>
   </si>
   <si>
     <t>#76 John Gann - DT</t>
   </si>
   <si>
     <t>#62 Shane Frakes - RDE</t>
   </si>
   <si>
     <t>#54 Lawrence Stevens - SLB</t>
   </si>
   <si>
     <t>#37 Shane Jamison - MLB</t>
   </si>
   <si>
     <t>#90 Emil Richardson - WLB</t>
   </si>
   <si>
     <t>#41 Charlie Parmenter - SS</t>
   </si>
   <si>
     <t>#42 Ramon Jefferson - FS</t>
   </si>
   <si>
     <t>12:56</t>
   </si>
@@ -584,60 +584,60 @@
   <si>
     <t>12:18</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>3-4-MIA 22 (12:17) 5-Tommy Arnold ran to MIA 26 for 3 yards. Tackle by 37-Shane Jamison.</t>
   </si>
   <si>
     <t>11:30</t>
   </si>
   <si>
     <t>MIA 26</t>
   </si>
   <si>
     <t>4-1-MIA 26 (11:29) 6-Kenneth Hammond punts 37 yards to CLE 37. Fair Catch by 89-William White. MIA 81-Charles Fontenot was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#6 Kenneth Hammond - P</t>
   </si>
   <si>
     <t>#65 Travis Griggs - C</t>
   </si>
   <si>
-    <t>#89 William White - WR</t>
+    <t>#88 William White - WR</t>
   </si>
   <si>
     <t>#93 Michael McPhee - WLB</t>
   </si>
   <si>
     <t>#71 Carl Flynn - SLB</t>
   </si>
   <si>
-    <t>#75 William Sasse - RT</t>
+    <t>#75 William Sasse - LT</t>
   </si>
   <si>
     <t>#81 Charles Fontenot - TE</t>
   </si>
   <si>
     <t>#51 Sean Flinchum - MLB</t>
   </si>
   <si>
     <t>11:22</t>
   </si>
   <si>
     <t>CLE 37</t>
   </si>
   <si>
     <t>Strong I Normal Counter Strong</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-CLE 37 (11:23) 48-Scott Calloway ran to CLE 38 for 1 yards. Tackle by 50-Felix Kaplan.</t>
   </si>
   <si>
     <t>10:49</t>
   </si>
@@ -2283,83 +2283,83 @@
   <dimension ref="A1:CD180"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="460.031" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>