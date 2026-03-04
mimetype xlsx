--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -284,177 +284,177 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>WAS has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>BAL</t>
   </si>
   <si>
     <t>BAL 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 11-Richard Donlon kicks 75 yards from BAL 35 to WAS -10. Touchback.</t>
   </si>
   <si>
     <t>#22 Richard Johnson - RB</t>
   </si>
   <si>
-    <t>#90 Joshua Thomas - MLB</t>
+    <t>#98 Joshua Thomas - MLB</t>
   </si>
   <si>
     <t>#72 Richard Ristau - LDE</t>
   </si>
   <si>
     <t>#54 Michael Henderson - WLB</t>
   </si>
   <si>
     <t>#61 Edgar Overturf - DT</t>
   </si>
   <si>
     <t>#62 Don Lilly - LDE</t>
   </si>
   <si>
-    <t>#44 Richard Arwood - CB</t>
-[...2 lines deleted...]
-    <t>#37 Michael Oyler - CB</t>
+    <t>#44 Richard Arwood - FS</t>
+  </si>
+  <si>
+    <t>#37 Michael Oyler - SS</t>
   </si>
   <si>
     <t>#52 Henry Aaron - RDE</t>
   </si>
   <si>
     <t>#75 Jeffery Hodges - DT</t>
   </si>
   <si>
     <t>#96 Vincent Albertson - MLB</t>
   </si>
   <si>
     <t>#11 Richard Donlon - K</t>
   </si>
   <si>
     <t>WAS</t>
   </si>
   <si>
     <t>WAS 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-WAS 25 (15:00) 22-Richard Johnson ran to WAS 26 for 1 yards. Tackle by 70-Emil Demoss.</t>
   </si>
   <si>
     <t>#16 William Maheu - QB</t>
   </si>
   <si>
     <t>#28 Randall Merrow - FB</t>
   </si>
   <si>
     <t>#35 Steve Stevenson - FB</t>
   </si>
   <si>
     <t>#84 George Payne - TE</t>
   </si>
   <si>
-    <t>#83 Joe Jackson - TE</t>
+    <t>#73 Joe Jackson - RT</t>
   </si>
   <si>
     <t>#79 Kim Allen - LT</t>
   </si>
   <si>
     <t>#53 Jason Gordon - C</t>
   </si>
   <si>
     <t>#60 William Hampton - C</t>
   </si>
   <si>
-    <t>#73 Paul Davis - RG</t>
-[...2 lines deleted...]
-    <t>#68 John Anderson - C</t>
+    <t>#61 Paul Davis - LT</t>
+  </si>
+  <si>
+    <t>#76 John Anderson - C</t>
   </si>
   <si>
     <t>#98 Long Whaley - LDE</t>
   </si>
   <si>
     <t>#91 Robert Ross - LDE</t>
   </si>
   <si>
-    <t>#70 Emil Demoss - DT</t>
+    <t>#79 Emil Demoss - DT</t>
   </si>
   <si>
     <t>#72 Jim Ramirez - RDE</t>
   </si>
   <si>
     <t>#66 Andrew Bouton - RDE</t>
   </si>
   <si>
     <t>#95 Manuel Jaramillo - SLB</t>
   </si>
   <si>
     <t>#92 Kyle Koch - MLB</t>
   </si>
   <si>
     <t>#58 Justin Norris - WLB</t>
   </si>
   <si>
-    <t>#49 Louie Long - CB</t>
+    <t>#39 Louie Long - CB</t>
   </si>
   <si>
     <t>#29 Adam Moore - CB</t>
   </si>
   <si>
     <t>#36 William Jacobs - SS</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>WAS 26</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-9-WAS 26 (14:23) 16-William Maheu pass INTERCEPTED by 35-Robert Beers at WAS 37. 35-Robert Beers to WAS 37 for -0 yards. Tackle by 86-Michael Massey. Pressure by 72-Jim Ramirez.</t>
   </si>
   <si>
-    <t>#33 Robert Sterling - RB</t>
+    <t>#22 Robert Sterling - RB</t>
   </si>
   <si>
     <t>#86 Michael Massey - WR</t>
   </si>
   <si>
     <t>#10 Ross Connell - WR</t>
   </si>
   <si>
     <t>#87 James Spinelli - WR</t>
   </si>
   <si>
     <t>#35 Robert Beers - CB</t>
   </si>
   <si>
     <t>#37 William Ong - FS</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>WAS 37</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
@@ -476,60 +476,60 @@
   <si>
     <t>#86 William Love - TE</t>
   </si>
   <si>
     <t>#18 Marvin Allen - WR</t>
   </si>
   <si>
     <t>#19 Clinton Moses - WR</t>
   </si>
   <si>
     <t>#73 Micheal Nelsen - LT</t>
   </si>
   <si>
     <t>#74 Alberto Tynes - LG</t>
   </si>
   <si>
     <t>#71 John Metz - C</t>
   </si>
   <si>
     <t>#60 Eddie Bright - RG</t>
   </si>
   <si>
     <t>#67 Eddie Doherty - RT</t>
   </si>
   <si>
-    <t>#76 Clifton Hernandez - DT</t>
+    <t>#75 Clifton Hernandez - DT</t>
   </si>
   <si>
     <t>#59 Juan Deleon - SLB</t>
   </si>
   <si>
     <t>#20 Rodolfo Payne - CB</t>
   </si>
   <si>
-    <t>#49 Matthew Smith - SS</t>
+    <t>#39 Matthew Smith - FS</t>
   </si>
   <si>
     <t>#38 William Getz - FS</t>
   </si>
   <si>
     <t>13:39</t>
   </si>
   <si>
     <t>WAS 31</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-4-WAS 31 (13:38) 46-Christopher Tyson ran to WAS 20 for 11 yards. Tackle by 20-Rodolfo Payne.</t>
   </si>
   <si>
     <t>#2 Timothy Lord - FB</t>
   </si>
   <si>
     <t>#81 Larry Oconnor - TE</t>
   </si>
@@ -593,51 +593,51 @@
   <si>
     <t>3-7-WAS 17 (12:22) 16-Ronnie Pepin pass Pass knocked down by 54-Michael Henderson. incomplete, intended for 86-William Love.</t>
   </si>
   <si>
     <t>12:18</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-7-WAS 17 (12:19) 11-Richard Donlon 35 yard field goal is GOOD. BAL 3 WAS 0</t>
   </si>
   <si>
     <t>#5 James Fried - QB</t>
   </si>
   <si>
     <t>#56 Ronald Davis - LG</t>
   </si>
   <si>
     <t>#78 Christopher Moats - C</t>
   </si>
   <si>
-    <t>#57 Willard Thomas - RDE</t>
+    <t>#72 Willard Thomas - LDE</t>
   </si>
   <si>
     <t>#50 Donnie Putnam - RT</t>
   </si>
   <si>
     <t>12:16</t>
   </si>
   <si>
     <t>(12:17) 11-Richard Donlon kicks 74 yards from BAL 35 to WAS -9. Touchback.</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-WAS 25 (12:17) 16-William Maheu sacked at WAS 17 for -8 yards (91-Robert Ross). Sack allowed by 68-John Anderson.</t>
   </si>
   <si>
     <t>11:33</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
@@ -887,51 +887,51 @@
   <si>
     <t>2-10-WAS 48 (6:38) 16-William Maheu pass complete to 84-George Payne to BAL 45 for 6 yards. Tackle by 35-Robert Beers.</t>
   </si>
   <si>
     <t>5:55</t>
   </si>
   <si>
     <t>BAL 45</t>
   </si>
   <si>
     <t>3-4-BAL 45 (5:54) 22-Richard Johnson ran to BAL 42 for 3 yards. Tackle by 92-Kyle Koch.</t>
   </si>
   <si>
     <t>5:14</t>
   </si>
   <si>
     <t>BAL 42</t>
   </si>
   <si>
     <t>4-1-BAL 42 (5:13)</t>
   </si>
   <si>
     <t>#3 Raymond Fox - K</t>
   </si>
   <si>
-    <t>#23 Steven Dolby - FB</t>
+    <t>#34 Steven Dolby - FB</t>
   </si>
   <si>
     <t>#43 Rod Carr - SS</t>
   </si>
   <si>
     <t>5:07</t>
   </si>
   <si>
     <t>BAL 49</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>1-10-BAL 49 (5:08) 16-Ronnie Pepin sacked at BAL 39 for -10 yards (61-Edgar Overturf). Sack allowed by 60-Eddie Bright.</t>
   </si>
   <si>
     <t>4:31</t>
   </si>
   <si>
     <t>BAL 39</t>
   </si>
   <si>
     <t>2-20-BAL 39 (4:30) 16-Ronnie Pepin pass complete to 18-Marvin Allen to BAL 45 for 5 yards. Pushed out of bounds by 37-Michael Oyler.</t>
   </si>
@@ -1433,51 +1433,51 @@
   <si>
     <t>WAS 19</t>
   </si>
   <si>
     <t>2-7-WAS 19 (1:07) 22-Richard Johnson ran to WAS 19 for 1 yards. Tackle by 70-Emil Demoss.</t>
   </si>
   <si>
     <t>0:28</t>
   </si>
   <si>
     <t>3-6-WAS 19 (0:27) 22-Richard Johnson ran to WAS 18 for -2 yards. Tackle by 95-Manuel Jaramillo.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 3-Raymond Fox kicks 66 yards from WAS 35 to BAL -1. 18-Marvin Allen to BAL 26 for 27 yards. Tackle by 44-Richard Arwood.</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>1-10-BAL 26 (14:56) 16-Ronnie Pepin pass incomplete, dropped by 12-Kennith Lawrence.</t>
   </si>
   <si>
-    <t>#95 Christopher Butts - MLB</t>
+    <t>#91 Christopher Butts - MLB</t>
   </si>
   <si>
     <t>14:52</t>
   </si>
   <si>
     <t>2-10-BAL 26 (14:53) 46-Christopher Tyson ran to BAL 33 for 7 yards. Tackle by 49-Matthew Smith.</t>
   </si>
   <si>
     <t>BAL 33</t>
   </si>
   <si>
     <t>3-3-BAL 33 (14:15) 16-Ronnie Pepin pass Pass knocked down by 37-Michael Oyler. incomplete, intended for 18-Marvin Allen. WAS 54-Michael Henderson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>14:10</t>
   </si>
   <si>
     <t>4-3-BAL 33 (14:11) 13-Samuel Owens punts 47 yards to WAS 19. Fair Catch by 37-Michael Oyler.</t>
   </si>
   <si>
     <t>14:04</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
@@ -1994,51 +1994,51 @@
   <si>
     <t>3-18-WAS 28 (2:41) 22-Richard Johnson ran to WAS 43 for 15 yards. Tackle by 91-Robert Ross.</t>
   </si>
   <si>
     <t>WAS 43</t>
   </si>
   <si>
     <t>4-3-WAS 43 (2:00) 2-Alberto Bilbo punts 61 yards to BAL -4.4-3-WAS 43 (2:00) 2-Alberto Bilbo punts 61 yards to BAL -4. Touchback.</t>
   </si>
   <si>
     <t>1:52</t>
   </si>
   <si>
     <t>1-10-BAL 20 (1:53) 16-Ronnie Pepin pass complete to 86-William Love to BAL 42 for 22 yards. 86-William Love had to slow down a little to make that catch. Tackle by 59-Juan Deleon. Pressure by 92-Joseph Law.</t>
   </si>
   <si>
     <t>1:28</t>
   </si>
   <si>
     <t>1-10-BAL 42 (1:27) 16-Ronnie Pepin pass incomplete, intended for 12-Kennith Lawrence.</t>
   </si>
   <si>
     <t>2-10-BAL 42 (1:24) 16-Ronnie Pepin pass Pass knocked down by 95-Christopher Butts. incomplete, intended for 86-William Love.</t>
   </si>
   <si>
-    <t>#30 Richard Mulholland - RB</t>
+    <t>#38 Richard Mulholland - RB</t>
   </si>
   <si>
     <t>1:20</t>
   </si>
   <si>
     <t>3-10-BAL 42 (1:21) 16-Ronnie Pepin pass incomplete, dropped by 18-Marvin Allen. That was a dangerous pass.</t>
   </si>
   <si>
     <t>1:17</t>
   </si>
   <si>
     <t>4-10-BAL 42 (1:18) 13-Samuel Owens punts 49 yards to WAS 9.</t>
   </si>
   <si>
     <t>1-10-WAS 9 (1:09) 22-Richard Johnson ran to WAS 19 for 11 yards. Tackle by 49-Louie Long.</t>
   </si>
   <si>
     <t>1:05</t>
   </si>
   <si>
     <t>1:01</t>
   </si>
   <si>
     <t>1-10-WAS 19 (1:02) 33-Robert Sterling ran to WAS 19 for a short loss. Tackle by 98-Long Whaley.</t>
   </si>