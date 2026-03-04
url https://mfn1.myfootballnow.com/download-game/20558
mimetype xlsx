--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -281,189 +281,189 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>NED has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>TBY</t>
   </si>
   <si>
     <t>TBY 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 13-Thomas Bennett kicks 66 yards from TBY 35 to NED -1. Touchback.</t>
   </si>
   <si>
-    <t>#18 Marshall Murphy - WR</t>
+    <t>#89 Marshall Murphy - TE</t>
   </si>
   <si>
     <t>#77 Francisco Mimms - LDE</t>
   </si>
   <si>
     <t>#24 Clyde Boyd - CB</t>
   </si>
   <si>
-    <t>#48 Justin Hucks - MLB</t>
-[...2 lines deleted...]
-    <t>#51 William Hillhouse - WLB</t>
+    <t>#39 Justin Hucks - FS</t>
+  </si>
+  <si>
+    <t>#91 William Hillhouse - DT</t>
   </si>
   <si>
     <t>#75 Don Cross - LDE</t>
   </si>
   <si>
     <t>#95 Herbert Royal - DT</t>
   </si>
   <si>
-    <t>#26 James Rae - CB</t>
+    <t>#53 James Rae - WLB</t>
   </si>
   <si>
     <t>#35 Francis Escobedo - CB</t>
   </si>
   <si>
     <t>#70 Michael Williams - DT</t>
   </si>
   <si>
-    <t>#20 Darryl Atkinson - CB</t>
-[...2 lines deleted...]
-    <t>#13 Thomas Bennett - K</t>
+    <t>#44 Darryl Atkinson - CB</t>
+  </si>
+  <si>
+    <t>#7 Thomas Bennett - K</t>
   </si>
   <si>
     <t>NED</t>
   </si>
   <si>
     <t>NED 25</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-NED 25 (15:00) 9-David Gram pass complete to 23-William Byars to NED 43 for 18 yards. Pushed out of bounds by 40-David Jones. 23-William Byars made a great move on the CB. NED 2-Steven Beard was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#9 David Gram - QB</t>
   </si>
   <si>
-    <t>#23 William Byars - RB</t>
-[...2 lines deleted...]
-    <t>#32 Jimmie Cabrera - FB</t>
+    <t>#23 William Byars - WR</t>
+  </si>
+  <si>
+    <t>#20 Jimmie Cabrera - FB</t>
   </si>
   <si>
     <t>#2 Steven Beard - WR</t>
   </si>
   <si>
     <t>#18 Johnny Wells - WR</t>
   </si>
   <si>
     <t>#69 Kenny Burke - LT</t>
   </si>
   <si>
     <t>#66 Christopher Hord - RT</t>
   </si>
   <si>
     <t>#58 James Absher - C</t>
   </si>
   <si>
     <t>#62 Neil Lane - RG</t>
   </si>
   <si>
     <t>#67 Ralph Watanabe - RT</t>
   </si>
   <si>
     <t>#92 Thomas Marrs - RDE</t>
   </si>
   <si>
     <t>#96 John Jackson - DT</t>
   </si>
   <si>
     <t>#62 Willie Walker - RDE</t>
   </si>
   <si>
     <t>#74 Lawerence Garcia - SLB</t>
   </si>
   <si>
     <t>#53 Anthony Sipple - MLB</t>
   </si>
   <si>
     <t>#96 Odell Smith - WLB</t>
   </si>
   <si>
     <t>#31 Shayne Perkins - CB</t>
   </si>
   <si>
     <t>#40 David Jones - CB</t>
   </si>
   <si>
     <t>#31 Lawrence Miller - CB</t>
   </si>
   <si>
-    <t>#32 Charlie Ramirez - FS</t>
+    <t>#26 Charlie Ramirez - FS</t>
   </si>
   <si>
     <t>#30 Anthony Padilla - FS</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>NED 43</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-NED 43 (14:14) 9-David Gram pass complete to 85-Ronald Seery to NED 45 for 2 yards. Tackle by 31-Shayne Perkins. 85-Ronald Seery breaks down the CB.</t>
   </si>
   <si>
     <t>#88 John Smith - TE</t>
   </si>
   <si>
     <t>#85 Ronald Seery - TE</t>
   </si>
   <si>
-    <t>#84 Sean Haun - TE</t>
-[...2 lines deleted...]
-    <t>#63 Claude Nicholson - RG</t>
+    <t>#42 Sean Haun - FB</t>
+  </si>
+  <si>
+    <t>#63 Claude Nicholson - LT</t>
   </si>
   <si>
     <t>#50 John Miller - LDE</t>
   </si>
   <si>
     <t>#65 John Thomas - DT</t>
   </si>
   <si>
     <t>13:35</t>
   </si>
   <si>
     <t>NED 45</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-8-NED 45 (13:34) 9-David Gram pass Pass knocked down by 31-Shayne Perkins. incomplete, intended for 18-Marshall Murphy. 31-Shayne Perkins got away with a hold on that play.</t>
   </si>
   <si>
     <t>13:30</t>
   </si>
@@ -488,51 +488,51 @@
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>1-10-TBY 44 (12:45) 9-David Gram pass complete to 33-Joseph Escamilla to TBY 43 for 1 yards. Tackle by 40-David Jones. TBY 40-David Jones was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#33 Joseph Escamilla - RB</t>
   </si>
   <si>
     <t>12:13</t>
   </si>
   <si>
     <t>TBY 43</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Corner Post</t>
   </si>
   <si>
     <t>Dime Normal Prevent</t>
   </si>
   <si>
     <t>2-9-TBY 43 (12:12) 9-David Gram pass complete to 14-Juan Freed to TBY 26 for 17 yards. Tackle by 32-Charlie Ramirez.</t>
   </si>
   <si>
-    <t>#14 Juan Freed - WR</t>
+    <t>#40 Juan Freed - FB</t>
   </si>
   <si>
     <t>#28 Robert Prowell - CB</t>
   </si>
   <si>
     <t>#30 Brian Cobb - CB</t>
   </si>
   <si>
     <t>11:38</t>
   </si>
   <si>
     <t>TBY 26</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>1-10-TBY 26 (11:37) 9-David Gram pass Pass knocked down by 74-Lawerence Garcia. incomplete, intended for 33-Joseph Escamilla. TBY 92-Thomas Marrs was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>11:33</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
@@ -551,57 +551,57 @@
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>3-8-TBY 25 (10:59) 9-David Gram pass Pass knocked down by 30-Anthony Padilla. incomplete, intended for 85-Ronald Seery.</t>
   </si>
   <si>
     <t>10:55</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-8-TBY 25 (10:56) 3-Hugh Goldstein 42 yard field goal is GOOD. TBY 0 NED 3</t>
   </si>
   <si>
     <t>#1 Jeremiah Jessup - P</t>
   </si>
   <si>
-    <t>#57 Jose Owens - C</t>
+    <t>#74 Jose Owens - LT</t>
   </si>
   <si>
     <t>#3 Hugh Goldstein - K</t>
   </si>
   <si>
-    <t>#64 Sean Smith - RG</t>
+    <t>#64 Sean Smith - LG</t>
   </si>
   <si>
     <t>#15 Erik Acord - WR</t>
   </si>
   <si>
     <t>#94 Jeffrey Mitchell - DT</t>
   </si>
   <si>
     <t>#98 Jared Baxley - RDE</t>
   </si>
   <si>
     <t>10:52</t>
   </si>
   <si>
     <t>NED 35</t>
   </si>
   <si>
     <t>(10:53) 3-Hugh Goldstein kicks 72 yards from NED 35 to TBY -7. Touchback.</t>
   </si>
   <si>
     <t>#67 Carlos Medina - RT</t>
   </si>
   <si>
     <t>#24 Robert Barton - CB</t>
   </si>
@@ -767,51 +767,51 @@
   <si>
     <t>3-9-NED 15 (6:02) 10-Ted Bryant pass complete to 81-Michael Springer to NED 9 for 6 yards. Tackle by 35-Francis Escobedo. 81-Michael Springer breaks down the CB.</t>
   </si>
   <si>
     <t>5:25</t>
   </si>
   <si>
     <t>NED 9</t>
   </si>
   <si>
     <t>4-3-NED 9 (5:24) 13-Thomas Bennett 26 yard field goal is GOOD. TBY 3 NED 3</t>
   </si>
   <si>
     <t>#63 John Pettis - RG</t>
   </si>
   <si>
     <t>#55 Steven Olivo - RG</t>
   </si>
   <si>
     <t>#79 Michael Allan - RDE</t>
   </si>
   <si>
     <t>#98 Phillip Merritt - MLB</t>
   </si>
   <si>
-    <t>#71 Vernon Smith - RDE</t>
+    <t>#52 Vernon Smith - LDE</t>
   </si>
   <si>
     <t>5:20</t>
   </si>
   <si>
     <t>(5:21) 13-Thomas Bennett kicks 71 yards from TBY 35 to NED -6. Touchback.</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-NED 25 (5:21) 9-David Gram sacked at NED 15 for -10 yards (50-John Miller). Sack allowed by 67-Ralph Watanabe.</t>
   </si>
   <si>
     <t>4:38</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
@@ -1736,51 +1736,51 @@
   <si>
     <t>4:13</t>
   </si>
   <si>
     <t>2-15-TBY 46 (4:12) 10-Ted Bryant pass complete to 44-Julio Alger to NED 43 for 11 yards. Tackle by 44-Jeffrey Cantor.</t>
   </si>
   <si>
     <t>#11 Rolf Jackman - WR</t>
   </si>
   <si>
     <t>3:50</t>
   </si>
   <si>
     <t>3-4-NED 43 (3:49) 10-Ted Bryant pass complete to 12-Paul McMillan to NED 37 for 6 yards. Tackle by 48-Justin Hucks. 12-Paul McMillan breaks down the CB.</t>
   </si>
   <si>
     <t>3:23</t>
   </si>
   <si>
     <t>NED 37</t>
   </si>
   <si>
     <t>1-10-NED 37 (3:22) 10-Ted Bryant pass complete to 44-Julio Alger to NED 37 for a short gain. Tackle by 20-Darryl Atkinson.</t>
   </si>
   <si>
-    <t>#50 Paul Winters - MLB</t>
+    <t>#50 Paul Winters - SLB</t>
   </si>
   <si>
     <t>3:04</t>
   </si>
   <si>
     <t>2-10-NED 37 (3:03) 10-Ted Bryant pass complete to 44-Julio Alger to NED 36 for 1 yards. Tackle by 24-Clyde Boyd.</t>
   </si>
   <si>
     <t>2:45</t>
   </si>
   <si>
     <t>3-9-NED 36 (2:44) 10-Ted Bryant pass complete to 15-Erik Acord to NED 26 for 10 yards. Tackle by 49-James Fletcher. NED 75-Don Cross was injured on the play.</t>
   </si>
   <si>
     <t>2:25</t>
   </si>
   <si>
     <t>1-10-NED 26 (2:24) 10-Ted Bryant pass complete to 44-Julio Alger to NED 21 for 5 yards. Tackle by 44-Jeffrey Cantor.</t>
   </si>
   <si>
     <t>2:03</t>
   </si>
   <si>
     <t>NED 21</t>
   </si>
@@ -2223,94 +2223,94 @@
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="311.353" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="39" max="39" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="64" max="64" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="64" max="64" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="79" max="79" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">