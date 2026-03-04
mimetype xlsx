--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -290,69 +290,69 @@
   <si>
     <t>SFO</t>
   </si>
   <si>
     <t>SFO 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 12-Edward Davis kicks 74 yards from SFO 35 to IND -9. Touchback.</t>
   </si>
   <si>
     <t>#11 Lorenzo Davis - WR</t>
   </si>
   <si>
     <t>#58 Eric Cruz - MLB</t>
   </si>
   <si>
     <t>#29 Kelly Dozier - SS</t>
   </si>
   <si>
-    <t>#68 Darryl Leslie - DT</t>
+    <t>#67 Darryl Leslie - DT</t>
   </si>
   <si>
     <t>#34 Richard Peeples - FS</t>
   </si>
   <si>
     <t>#99 George Ellis - DT</t>
   </si>
   <si>
-    <t>#1 Aaron Hower - FS</t>
-[...2 lines deleted...]
-    <t>#37 Gene Sanders - FS</t>
+    <t>#42 Aaron Hower - FS</t>
+  </si>
+  <si>
+    <t>#28 Gene Sanders - CB</t>
   </si>
   <si>
     <t>#59 John Lee - MLB</t>
   </si>
   <si>
-    <t>#24 Michael Howe - SS</t>
+    <t>#27 Michael Howe - SS</t>
   </si>
   <si>
     <t>#55 Monroe Legendre - MLB</t>
   </si>
   <si>
     <t>#12 Edward Davis - K</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>IND 25</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-IND 25 (15:00) 6-Brady Durst pass incomplete, intended for 80-Clement Ohara. PENALTY - Pass Interference (SFO 21-Craig Sawyer)</t>
   </si>
   <si>
     <t>#6 Brady Durst - QB</t>
   </si>
@@ -395,51 +395,51 @@
   <si>
     <t>#59 Jose Aguilar - DT</t>
   </si>
   <si>
     <t>#55 Paul Carlucci - RDE</t>
   </si>
   <si>
     <t>#47 Russell Riddle - SLB</t>
   </si>
   <si>
     <t>#54 Troy Nieto - MLB</t>
   </si>
   <si>
     <t>#52 Kyle Foote - WLB</t>
   </si>
   <si>
     <t>#21 Craig Sawyer - CB</t>
   </si>
   <si>
     <t>#45 Donald Reed - CB</t>
   </si>
   <si>
     <t>#29 Casey Stephens - SS</t>
   </si>
   <si>
-    <t>#40 Kevin Rennie - FS</t>
+    <t>#49 Kevin Rennie - FS</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>IND 34</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-IND 34 (14:57) 41-Robert Palmer ran to IND 35 for a short gain. Tackle by 56-David Hairston.</t>
   </si>
   <si>
     <t>#56 David Hairston - MLB</t>
   </si>
   <si>
     <t>14:25</t>
   </si>
   <si>
     <t>IND 35</t>
   </si>
@@ -476,51 +476,51 @@
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-IND 43 (13:08) 7-Gerald Brown punts 53 yards to SFO 4.</t>
   </si>
   <si>
     <t>#7 Gerald Brown - P</t>
   </si>
   <si>
     <t>#87 Alexander Wong - WR</t>
   </si>
   <si>
     <t>#35 Charles Martin - SS</t>
   </si>
   <si>
     <t>#93 David Jordan - WLB</t>
   </si>
   <si>
     <t>#52 Jorge Garces - RT</t>
   </si>
   <si>
-    <t>#64 Robert Gibson - LG</t>
+    <t>#73 Robert Gibson - LG</t>
   </si>
   <si>
     <t>#60 Stanley Miller - DT</t>
   </si>
   <si>
     <t>#90 Amos Ong - RDE</t>
   </si>
   <si>
     <t>12:59</t>
   </si>
   <si>
     <t>SFO 4</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Man</t>
   </si>
   <si>
     <t>1-10-SFO 4 (13:00) 37-Marion Truong ran to SFO 12 for 8 yards. Tackle by 34-Richard Peeples.</t>
   </si>
   <si>
     <t>#7 James Helmer - QB</t>
   </si>
   <si>
     <t>#37 Marion Truong - RB</t>
   </si>
@@ -530,51 +530,51 @@
   <si>
     <t>#89 Gary Friedman - TE</t>
   </si>
   <si>
     <t>#15 Mark Wallace - WR</t>
   </si>
   <si>
     <t>#73 Joseph Pike - LT</t>
   </si>
   <si>
     <t>#20 Robert Hilton - LG</t>
   </si>
   <si>
     <t>#53 William Boner - C</t>
   </si>
   <si>
     <t>#72 Christopher Castillo - RG</t>
   </si>
   <si>
     <t>#82 Eugene Lawrence - RT</t>
   </si>
   <si>
     <t>#95 Herbert Hage - LDE</t>
   </si>
   <si>
-    <t>#78 Patrick Mathis - RDE</t>
+    <t>#93 Patrick Mathis - RDE</t>
   </si>
   <si>
     <t>#54 Benjamin Tramel - SLB</t>
   </si>
   <si>
     <t>#50 Edward Colon - WLB</t>
   </si>
   <si>
     <t>12:14</t>
   </si>
   <si>
     <t>SFO 12</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>2-2-SFO 12 (12:13) 37-Marion Truong ran to SFO 20 for 8 yards. Tackle by 54-Benjamin Tramel.</t>
   </si>
   <si>
     <t>11:37</t>
   </si>
   <si>
     <t>SFO 20</t>
   </si>
@@ -704,51 +704,51 @@
   <si>
     <t>#33 Richard Hicks - LT</t>
   </si>
   <si>
     <t>#51 Douglas Ibarra - RT</t>
   </si>
   <si>
     <t>#90 Williams Richardson - RDE</t>
   </si>
   <si>
     <t>6:56</t>
   </si>
   <si>
     <t>IND 10</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-IND 10 (6:57) 6-Brady Durst pass complete to 14-Robert Patterson to IND 49 for 39 yards. Tackle by 45-Donald Reed. IND 71-David Wright was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#85 Brian Maag - TE</t>
+    <t>#89 Brian Maag - TE</t>
   </si>
   <si>
     <t>6:13</t>
   </si>
   <si>
     <t>IND 49</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-IND 49 (6:12) 6-Brady Durst pass complete to 41-Robert Palmer to SFO 36 for 14 yards. Tackle by 29-Casey Stephens. IND 75-Shane Conway was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#10 William Hollins - WR</t>
   </si>
   <si>
     <t>#34 Norman Maldonado - CB</t>
   </si>
   <si>
     <t>5:32</t>
   </si>