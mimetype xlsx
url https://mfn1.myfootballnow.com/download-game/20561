--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -299,51 +299,51 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 1-William Godfrey kicks 65 yards from CIN 35 to NYN 0. 35-Vicente Degnan to NYN 16 for 16 yards. Tackle by 27-Paul Dixson.</t>
   </si>
   <si>
     <t>#35 Vicente Degnan - RB</t>
   </si>
   <si>
     <t>#54 Rafael Kirk - WLB</t>
   </si>
   <si>
     <t>#93 Trenton Larsen - RDE</t>
   </si>
   <si>
     <t>#55 Dennis Goodman - MLB</t>
   </si>
   <si>
     <t>#39 Ryan Lane - CB</t>
   </si>
   <si>
     <t>#31 Jason Forrester - CB</t>
   </si>
   <si>
-    <t>#97 Robert McCullough - DT</t>
+    <t>#64 Robert McCullough - LDE</t>
   </si>
   <si>
     <t>#57 Zane Hall - MLB</t>
   </si>
   <si>
     <t>#29 Robert Eaton - CB</t>
   </si>
   <si>
     <t>#59 Steven Jung - WLB</t>
   </si>
   <si>
     <t>#20 Johnny Pace - SS</t>
   </si>
   <si>
     <t>#1 William Godfrey - K</t>
   </si>
   <si>
     <t>NYN</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>NYN 16</t>
   </si>
@@ -371,75 +371,75 @@
   <si>
     <t>#19 Danny Ware - WR</t>
   </si>
   <si>
     <t>#13 Larry Thomas - WR</t>
   </si>
   <si>
     <t>#74 Ronald Cantrell - LT</t>
   </si>
   <si>
     <t>#62 Landon Everhart - LG</t>
   </si>
   <si>
     <t>#65 Joshua Hawkins - C</t>
   </si>
   <si>
     <t>#67 David Graham - RG</t>
   </si>
   <si>
     <t>#78 Chad Clifton - RT</t>
   </si>
   <si>
     <t>#65 Robert Brown - LDE</t>
   </si>
   <si>
-    <t>#67 Patrick Kelly - DT</t>
+    <t>#57 Patrick Kelly - DT</t>
   </si>
   <si>
     <t>#77 Kevin Soria - DT</t>
   </si>
   <si>
     <t>#97 James Parkinson - LDE</t>
   </si>
   <si>
     <t>#93 Christopher Soza - MLB</t>
   </si>
   <si>
     <t>#53 Harold Jones - WLB</t>
   </si>
   <si>
-    <t>#35 Robert Miller - CB</t>
+    <t>#40 Robert Miller - SLB</t>
   </si>
   <si>
     <t>#44 Dennis Mears - CB</t>
   </si>
   <si>
-    <t>#20 Jerry Smith - CB</t>
-[...2 lines deleted...]
-    <t>#27 Paul Dixson - CB</t>
+    <t>#39 Jerry Smith - CB</t>
+  </si>
+  <si>
+    <t>#37 Paul Dixson - FS</t>
   </si>
   <si>
     <t>#48 Dennis Moore - FS</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>NYN 21</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Nickel Strong Double LB plus CB3 Blitz</t>
   </si>
   <si>
     <t>2-4-NYN 21 (14:17) 30-Troy Rivers ran to NYN 35 for 14 yards. Tackle by 48-Dennis Moore. CIN 77-Kevin Soria was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>NYN 35</t>
   </si>
@@ -470,78 +470,78 @@
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>2-18-NYN 27 (12:52) 9-Thomas Parsley pass complete to 30-Troy Rivers to NYN 39 for 12 yards. Tackle by 35-Robert Miller.</t>
   </si>
   <si>
     <t>#66 Raymond Jordan - DT</t>
   </si>
   <si>
     <t>12:08</t>
   </si>
   <si>
     <t>NYN 39</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>3-6-NYN 39 (12:07) 36-Christopher Fry ran to NYN 50 for 10 yards. Tackle by 27-Paul Dixson.</t>
   </si>
   <si>
-    <t>#36 Christopher Fry - RB</t>
+    <t>#49 Christopher Fry - RB</t>
   </si>
   <si>
     <t>#15 Charles Powers - WR</t>
   </si>
   <si>
-    <t>#16 Charles Best - WR</t>
+    <t>#17 Charles Best - WR</t>
   </si>
   <si>
     <t>11:30</t>
   </si>
   <si>
     <t>NYN 50</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>1-10-NYN 50 (11:29) 9-Thomas Parsley pass complete to 89-Earl Polson to CIN 39 for 11 yards. Tackle by 93-Christopher Soza.</t>
   </si>
   <si>
     <t>#86 Jason Roth - TE</t>
   </si>
   <si>
-    <t>#90 Ramon Lopez - SLB</t>
+    <t>#51 Ramon Lopez - SLB</t>
   </si>
   <si>
     <t>10:52</t>
   </si>
   <si>
     <t>CIN 39</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-CIN 39 (10:51) 30-Troy Rivers ran to CIN 28 for 11 yards. Tackle by 27-Paul Dixson.</t>
   </si>
   <si>
     <t>10:10</t>
   </si>
   <si>
     <t>CIN 28</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
@@ -620,135 +620,135 @@
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(8:11) Extra point GOOD by 3-Jonathan McCord. CIN 0 NYN 7</t>
   </si>
   <si>
     <t>#2 Doyle Armstrong - P</t>
   </si>
   <si>
     <t>#69 Joseph Vannoy - LG</t>
   </si>
   <si>
     <t>#3 Jonathan McCord - K</t>
   </si>
   <si>
     <t>#64 Mike Roberts - C</t>
   </si>
   <si>
     <t>#66 Christopher Cruz - RG</t>
   </si>
   <si>
     <t>#63 Harlan Mills - C</t>
   </si>
   <si>
-    <t>#51 Charles Bailey - MLB</t>
+    <t>#55 Charles Bailey - MLB</t>
   </si>
   <si>
     <t>#95 Eric Anderson - MLB</t>
   </si>
   <si>
     <t>#55 Harry Johnson - SLB</t>
   </si>
   <si>
     <t>(8:11) 3-Jonathan McCord kicks 74 yards from NYN 35 to CIN -9. Touchback.</t>
   </si>
   <si>
     <t>#40 George Hanson - RB</t>
   </si>
   <si>
     <t>CIN 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-CIN 25 (8:11) 40-George Hanson ran to CIN 31 for 6 yards. Tackle by 20-Johnny Pace.</t>
   </si>
   <si>
     <t>#9 Matthew Kiser - QB</t>
   </si>
   <si>
     <t>#31 David Gentile - RB</t>
   </si>
   <si>
-    <t>#23 Garret Tingle - FB</t>
+    <t>#39 Garret Tingle - FB</t>
   </si>
   <si>
     <t>#83 Raymond Hansen - TE</t>
   </si>
   <si>
-    <t>#82 Mark Dean - TE</t>
+    <t>#82 Mark Dean - WR</t>
   </si>
   <si>
     <t>#69 Lewis Varney - LT</t>
   </si>
   <si>
     <t>#68 Stuart Beck - LG</t>
   </si>
   <si>
     <t>#50 Fred Layden - C</t>
   </si>
   <si>
-    <t>#59 James Richardson - RG</t>
+    <t>#68 James Richardson - RG</t>
   </si>
   <si>
     <t>#66 Brandon Hagood - RT</t>
   </si>
   <si>
     <t>#94 John Herzog - LDE</t>
   </si>
   <si>
     <t>#99 Andrew Ray - LDE</t>
   </si>
   <si>
-    <t>#91 Kyle Connor - DT</t>
+    <t>#69 Kyle Connor - DT</t>
   </si>
   <si>
     <t>#21 Antonio Cromartie - CB</t>
   </si>
   <si>
     <t>7:36</t>
   </si>
   <si>
     <t>CIN 31</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-4-CIN 31 (7:35) 9-Matthew Kiser pass Pass knocked down by 39-Ryan Lane. incomplete, intended for 83-Raymond Hansen.</t>
   </si>
   <si>
-    <t>#58 Noah McBee - SLB</t>
+    <t>#95 Noah McBee - SLB</t>
   </si>
   <si>
     <t>7:32</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
   <si>
     <t>3-4-CIN 31 (7:33) 40-George Hanson ran to CIN 31 for 1 yards. Tackle by 31-Jason Forrester.</t>
   </si>
   <si>
     <t>#80 Stephan Wilson - WR</t>
   </si>
   <si>
     <t>#10 Robert Johnson - WR</t>
   </si>
   <si>
     <t>#88 Dale Howe - WR</t>
   </si>
   <si>
     <t>6:52</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
@@ -1076,51 +1076,51 @@
   <si>
     <t>10:07</t>
   </si>
   <si>
     <t>CIN 34</t>
   </si>
   <si>
     <t>4-12-CIN 34 (10:06) 7-Joe Hall punts 44 yards to NYN 22. 13-Larry Thomas to NYN 33 for 12 yards. Tackle by 79-Raymond Griffin. NYN 55-Dennis Goodman was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>9:56</t>
   </si>
   <si>
     <t>NYN 33</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>3-4 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-NYN 33 (9:57) 30-Troy Rivers ran to NYN 39 for 5 yards. Tackle by 35-Robert Miller.</t>
   </si>
   <si>
-    <t>#98 Kevin Bickel - MLB</t>
+    <t>#55 Kevin Bickel - MLB</t>
   </si>
   <si>
     <t>9:21</t>
   </si>
   <si>
     <t>2-5-NYN 39 (9:20) 35-Vicente Degnan ran to NYN 45 for 7 yards. Tackle by 20-Jerry Smith. NYN 13-Larry Thomas was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>8:37</t>
   </si>
   <si>
     <t>NYN 45</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>1-10-NYN 45 (8:36) 30-Troy Rivers ran to NYN 49 for 4 yards. Tackle by 93-Christopher Soza.</t>
   </si>
   <si>
     <t>8:01</t>
   </si>
   <si>
     <t>NYN 49</t>
   </si>
@@ -2232,100 +2232,100 @@
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="267.649" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="57" max="57" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="82" max="82" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="82" max="82" width="32.992" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">