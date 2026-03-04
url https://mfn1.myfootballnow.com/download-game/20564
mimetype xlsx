--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -299,51 +299,51 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Kenneth Smith kicks 65 yards from DEN 35 to TEN 0. Touchback.</t>
   </si>
   <si>
     <t>#88 Eugene Simon - WR</t>
   </si>
   <si>
     <t>#50 Dan Romo - LDE</t>
   </si>
   <si>
     <t>#77 William Gallegos - DT</t>
   </si>
   <si>
     <t>#98 Alton Lowry - MLB</t>
   </si>
   <si>
     <t>#78 John Harris - LG</t>
   </si>
   <si>
     <t>#33 Kyle Chase - SS</t>
   </si>
   <si>
-    <t>#48 Michael Monroe - CB</t>
+    <t>#27 Michael Monroe - CB</t>
   </si>
   <si>
     <t>#27 Michael Baird - SS</t>
   </si>
   <si>
     <t>#20 William Cottle - CB</t>
   </si>
   <si>
     <t>#95 David Fisher - WLB</t>
   </si>
   <si>
     <t>#23 Joseph Carlisle - CB</t>
   </si>
   <si>
     <t>#3 Kenneth Smith - K</t>
   </si>
   <si>
     <t>TEN</t>
   </si>
   <si>
     <t>TEN 25</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
@@ -362,102 +362,102 @@
   <si>
     <t>#38 Tom Rogers - FB</t>
   </si>
   <si>
     <t>#15 William Gonzalez - WR</t>
   </si>
   <si>
     <t>#14 Gary Estrada - WR</t>
   </si>
   <si>
     <t>#56 Michael Foster - LT</t>
   </si>
   <si>
     <t>#79 William Powell - C</t>
   </si>
   <si>
     <t>#74 Walter Reed - RG</t>
   </si>
   <si>
     <t>#52 Scott Ward - RT</t>
   </si>
   <si>
     <t>#79 Harold Stirling - LDE</t>
   </si>
   <si>
-    <t>#50 Jeffrey Torres - DT</t>
+    <t>#97 Jeffrey Torres - DT</t>
   </si>
   <si>
     <t>#75 Timothy Rowe - RDE</t>
   </si>
   <si>
     <t>#56 Jeffery Patterson - SLB</t>
   </si>
   <si>
     <t>#42 Andrew Kim - MLB</t>
   </si>
   <si>
     <t>#43 Richard Smith - WLB</t>
   </si>
   <si>
     <t>#24 Zachery Obrien - CB</t>
   </si>
   <si>
     <t>#20 Chris Lucas - CB</t>
   </si>
   <si>
     <t>#35 Jack James - CB</t>
   </si>
   <si>
     <t>#48 Jason Sampley - SS</t>
   </si>
   <si>
     <t>#37 Robert James - FS</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>TEN 31</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>2-4-TEN 31 (14:21) 11-Richard Casey pass complete to 88-Eugene Simon to TEN 48 for 17 yards. Tackle by 24-Zachery Obrien.</t>
   </si>
   <si>
     <t>#46 Lester Coltrane - RB</t>
   </si>
   <si>
     <t>#83 David Knight - TE</t>
   </si>
   <si>
-    <t>#78 Adam Servantes - RDE</t>
+    <t>#92 Adam Servantes - RDE</t>
   </si>
   <si>
     <t>#91 Troy Barrios - DT</t>
   </si>
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>TEN 48</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>1-10-TEN 48 (13:35) 22-Kevin Gilbert ran to DEN 48 for 4 yards. Tackle by 42-Andrew Kim. DEN 75-Timothy Rowe was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>13:00</t>
   </si>
   <si>
     <t>DEN 48</t>
   </si>
@@ -563,72 +563,72 @@
   <si>
     <t>1-10-DEN 12 (9:42) 27-Harold Hansen ran to DEN 18 for 6 yards. Tackle by 27-Michael Baird.</t>
   </si>
   <si>
     <t>#12 Joshua Pursel - QB</t>
   </si>
   <si>
     <t>#27 Harold Hansen - RB</t>
   </si>
   <si>
     <t>#25 Larry Hayes - TE</t>
   </si>
   <si>
     <t>#43 Neil Blair - FB</t>
   </si>
   <si>
     <t>#89 Richard Zamora - TE</t>
   </si>
   <si>
     <t>#86 Ryan Odell - TE</t>
   </si>
   <si>
     <t>#68 Enrique Gaither - LT</t>
   </si>
   <si>
-    <t>#63 Steven Schleicher - LG</t>
+    <t>#68 Steven Schleicher - LG</t>
   </si>
   <si>
     <t>#57 Loren Rivera - C</t>
   </si>
   <si>
     <t>#64 Craig Mund - RG</t>
   </si>
   <si>
     <t>#71 Michael Blanch - LT</t>
   </si>
   <si>
     <t>#61 Matthew Collins - RDE</t>
   </si>
   <si>
     <t>#93 Sean Bowen - DT</t>
   </si>
   <si>
     <t>#58 Lance Maxwell - RDE</t>
   </si>
   <si>
-    <t>#97 Joseph Klein - SLB</t>
+    <t>#96 Joseph Klein - SLB</t>
   </si>
   <si>
     <t>#55 Alonzo Myers - MLB</t>
   </si>
   <si>
     <t>#94 Alfonso Farnsworth - WLB</t>
   </si>
   <si>
     <t>9:08</t>
   </si>
   <si>
     <t>DEN 18</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>2-4-DEN 18 (9:07) 12-Joshua Pursel pass incomplete, intended for 89-Richard Zamora.</t>
   </si>
   <si>
     <t>9:04</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
@@ -728,51 +728,51 @@
   <si>
     <t>DEN 31</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>3-5-DEN 31 (6:25) 22-Kevin Gilbert ran to DEN 28 for 4 yards. Tackle by 42-Andrew Kim.</t>
   </si>
   <si>
     <t>5:43</t>
   </si>
   <si>
     <t>DEN 28</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-1-DEN 28 (5:42) 3-Scott Hutchinson 46 yard field goal is GOOD. TEN 3 DEN 0</t>
   </si>
   <si>
-    <t>#3 Scott Hutchinson - K</t>
+    <t>#9 Scott Hutchinson - K</t>
   </si>
   <si>
     <t>#72 Josiah Roemer - SLB</t>
   </si>
   <si>
     <t>#94 Robert Harmon - DT</t>
   </si>
   <si>
     <t>5:37</t>
   </si>
   <si>
     <t>TEN 35</t>
   </si>
   <si>
     <t>(5:38) 3-Scott Hutchinson kicks 73 yards from TEN 35 to DEN -8. Touchback.</t>
   </si>
   <si>
     <t>DEN 25</t>
   </si>
   <si>
     <t>Split Backs Normal Weak Pitch Sweep</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>