--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -290,171 +290,171 @@
   <si>
     <t>LAA</t>
   </si>
   <si>
     <t>LAA 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Eric Wiggins kicks 74 yards from LAA 35 to GBY -9. Touchback.</t>
   </si>
   <si>
     <t>#16 Frank Steven - WR</t>
   </si>
   <si>
     <t>#97 Kyle Smith - DT</t>
   </si>
   <si>
     <t>#78 Micheal Marine - RDE</t>
   </si>
   <si>
-    <t>#99 Nelson Macrae - MLB</t>
-[...2 lines deleted...]
-    <t>#28 David Griffin - FS</t>
+    <t>#96 Nelson Macrae - MLB</t>
+  </si>
+  <si>
+    <t>#35 David Griffin - FS</t>
   </si>
   <si>
     <t>#79 Joe Pendergrass - RDE</t>
   </si>
   <si>
     <t>#21 Matt Johnson - CB</t>
   </si>
   <si>
     <t>#96 John Chamlee - MLB</t>
   </si>
   <si>
     <t>#93 Thomas Murphy - SLB</t>
   </si>
   <si>
     <t>#43 Delbert Gwyn - SS</t>
   </si>
   <si>
-    <t>#98 James Caldwell - WLB</t>
-[...2 lines deleted...]
-    <t>#3 Eric Wiggins - K</t>
+    <t>#54 James Caldwell - WLB</t>
+  </si>
+  <si>
+    <t>#19 Eric Wiggins - K</t>
   </si>
   <si>
     <t>GBY</t>
   </si>
   <si>
     <t>GBY 25</t>
   </si>
   <si>
     <t>Strong I Normal WR Post TE Out</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-GBY 25 (15:00) 8-Kirk Harrelson pass incomplete, dropped by 86-Adam Cate. Pressure by 92-Roberto Park.</t>
   </si>
   <si>
     <t>#8 Kirk Harrelson - QB</t>
   </si>
   <si>
     <t>#45 James Haug - RB</t>
   </si>
   <si>
     <t>#21 Tom Basil - FB</t>
   </si>
   <si>
     <t>#88 Robert Pollard - TE</t>
   </si>
   <si>
     <t>#86 Adam Cate - WR</t>
   </si>
   <si>
     <t>#13 Clay Tobias - WR</t>
   </si>
   <si>
-    <t>#68 Larry Koehler - LT</t>
+    <t>#75 Larry Koehler - RT</t>
   </si>
   <si>
     <t>#66 Gordon Brickley - LT</t>
   </si>
   <si>
-    <t>#73 David McClain - C</t>
+    <t>#75 David McClain - C</t>
   </si>
   <si>
     <t>#61 Orlando Miller - RG</t>
   </si>
   <si>
     <t>#67 John Socha - RT</t>
   </si>
   <si>
     <t>#54 Mike Jones - LDE</t>
   </si>
   <si>
     <t>#56 Rupert Stewart - DT</t>
   </si>
   <si>
-    <t>#77 Emery Cleveland - DT</t>
-[...2 lines deleted...]
-    <t>#92 Roberto Park - RDE</t>
+    <t>#51 Emery Cleveland - DT</t>
+  </si>
+  <si>
+    <t>#99 Roberto Park - RDE</t>
   </si>
   <si>
     <t>#47 Vern Durst - SLB</t>
   </si>
   <si>
     <t>#58 Cornell Huynh - MLB</t>
   </si>
   <si>
     <t>#98 Michael Adair - WLB</t>
   </si>
   <si>
     <t>#36 Harold Webb - CB</t>
   </si>
   <si>
     <t>#46 Bobby Bier - CB</t>
   </si>
   <si>
     <t>#24 Gary Hickman - SS</t>
   </si>
   <si>
     <t>#23 Paul Johnson - CB</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>3-4 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-10-GBY 25 (14:57) 8-Kirk Harrelson pass complete to 21-Tom Basil to GBY 24 for -1 yards. Tackle by 36-Harold Webb. LAA 56-Rupert Stewart was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#99 Lawrence Chandler - MLB</t>
+    <t>#51 Lawrence Chandler - MLB</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>GBY 24</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>3-11-GBY 24 (14:12) 8-Kirk Harrelson sacked at GBY 16 for -8 yards (98-Michael Adair)</t>
   </si>
   <si>
     <t>#93 William Timm - DT</t>
   </si>
   <si>
     <t>13:29</t>
   </si>
   <si>
     <t>GBY 16</t>
   </si>
@@ -539,54 +539,54 @@
   <si>
     <t>#24 Jason Estes - CB</t>
   </si>
   <si>
     <t>#23 Matt Seaborn - CB</t>
   </si>
   <si>
     <t>13:13</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>2-10-LAA 41 (13:14) 7-Jonathan Harrison pass complete to 84-Maurice Williams to LAA 45 for 4 yards. Tackle by 23-Matt Seaborn.</t>
   </si>
   <si>
     <t>#31 Raymond Lynch - FB</t>
   </si>
   <si>
     <t>#43 Johnnie Phillips - FB</t>
   </si>
   <si>
-    <t>#86 Jeffery Hufford - TE</t>
-[...2 lines deleted...]
-    <t>#70 Paul Moses - LDE</t>
+    <t>#89 Jeffery Hufford - TE</t>
+  </si>
+  <si>
+    <t>#70 Paul Moses - RDE</t>
   </si>
   <si>
     <t>12:41</t>
   </si>
   <si>
     <t>LAA 45</t>
   </si>
   <si>
     <t>I Formation Normal Curl &amp; Post</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>3-6-LAA 45 (12:40) 7-Jonathan Harrison pass Pass knocked down by 28-David Griffin. incomplete, intended for 84-Maurice Williams. PENALTY - Pass Interference (GBY 96-John Chamlee)</t>
   </si>
   <si>
     <t>12:36</t>
   </si>
   <si>
     <t>GBY 49</t>
   </si>
   <si>
     <t>1-10-GBY 49 (12:37) 7-Jonathan Harrison pass incomplete, dropped by 43-Johnnie Phillips.</t>
   </si>
@@ -689,81 +689,81 @@
   <si>
     <t>#73 Mark Snow - LG</t>
   </si>
   <si>
     <t>#71 Trevor Sales - C</t>
   </si>
   <si>
     <t>9:18</t>
   </si>
   <si>
     <t>GBY 11</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>1-10-GBY 11 (9:19) 8-Kirk Harrelson pass complete to 21-Tom Basil to GBY 24 for 14 yards. Tackle by 24-Gary Hickman. GBY 67-John Socha was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>8:36</t>
   </si>
   <si>
     <t>1-10-GBY 24 (8:35) 8-Kirk Harrelson sacked at GBY 16 for -8 yards (56-Rupert Stewart). Sack allowed by 73-David McClain.</t>
   </si>
   <si>
-    <t>#64 Edward Dennis - RG</t>
+    <t>#62 Edward Dennis - LG</t>
   </si>
   <si>
     <t>#57 Dennis Doris - RDE</t>
   </si>
   <si>
     <t>#39 John Schoch - SS</t>
   </si>
   <si>
     <t>7:51</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>2-18-GBY 16 (7:50) 8-Kirk Harrelson pass complete to 86-Adam Cate to GBY 23 for 7 yards. Tackle by 54-Mike Jones.</t>
   </si>
   <si>
     <t>7:11</t>
   </si>
   <si>
     <t>GBY 23</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>3-11-GBY 23 (7:10) 45-James Haug ran to GBY 34 for 11 yards. Tackle by 24-Gary Hickman.</t>
   </si>
   <si>
-    <t>#84 James Jones - TE</t>
+    <t>#86 James Jones - TE</t>
   </si>
   <si>
     <t>6:31</t>
   </si>
   <si>
     <t>GBY 34</t>
   </si>
   <si>
     <t>4-1-GBY 34 (6:30) 1-Mark Hamill punts 49 yards to LAA 17. 15-Philip Kim to LAA 18 for 1 yards. Tackle by 79-Joe Pendergrass.</t>
   </si>
   <si>
     <t>6:22</t>
   </si>
   <si>
     <t>LAA 18</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>1-10-LAA 18 (6:23) 38-Lanny Melton ran to LAA 25 for 6 yards. Tackle by 71-Richard McDonald.</t>
   </si>
   <si>
     <t>5:47</t>
   </si>