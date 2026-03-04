--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -281,282 +281,282 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>DAL has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>PHI</t>
   </si>
   <si>
     <t>PHI 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 10-Mark Graham kicks 67 yards from PHI 35 to DAL -2. Touchback.</t>
   </si>
   <si>
-    <t>#88 Roger Firth - WR</t>
+    <t>#9 Roger Firth - WR</t>
   </si>
   <si>
     <t>#23 Edgar Atkinson - CB</t>
   </si>
   <si>
-    <t>#70 Thomas Marino - DT</t>
-[...5 lines deleted...]
-    <t>#76 Donald Carignan - DT</t>
+    <t>#90 Thomas Marino - DT</t>
+  </si>
+  <si>
+    <t>#54 Sean Boyce - RDE</t>
+  </si>
+  <si>
+    <t>#51 Donald Carignan - DT</t>
   </si>
   <si>
     <t>#95 Edward Ortiz - RDE</t>
   </si>
   <si>
-    <t>#67 Vincent Swenson - C</t>
-[...2 lines deleted...]
-    <t>#41 Charles Wotring - FS</t>
+    <t>#58 Vincent Swenson - C</t>
+  </si>
+  <si>
+    <t>#6 Charles Wotring - FS</t>
   </si>
   <si>
     <t>#49 Aron Roberts - CB</t>
   </si>
   <si>
-    <t>#77 Clifford Marcus - LT</t>
+    <t>#67 Clifford Marcus - LT</t>
   </si>
   <si>
     <t>#73 Wade Friese - DT</t>
   </si>
   <si>
-    <t>#10 Mark Graham - K</t>
+    <t>#13 Mark Graham - K</t>
   </si>
   <si>
     <t>DAL</t>
   </si>
   <si>
     <t>DAL 25</t>
   </si>
   <si>
     <t>Singleback Big Waggle Post</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-DAL 25 (15:00) 4-Patrick Camp pass Pass knocked down by 55-Bernard Livingston. incomplete, intended for 85-Jeffrey Castillo. Pressure by 90-Derek Hassler.</t>
   </si>
   <si>
-    <t>#4 Patrick Camp - QB</t>
-[...5 lines deleted...]
-    <t>#87 Ian Isenhour - TE</t>
+    <t>#2 Patrick Camp - QB</t>
+  </si>
+  <si>
+    <t>#6 Joey Bowers - RB</t>
+  </si>
+  <si>
+    <t>#88 Ian Isenhour - TE</t>
   </si>
   <si>
     <t>#85 Jeffrey Castillo - TE</t>
   </si>
   <si>
-    <t>#19 Benjamin Nguyen - WR</t>
-[...8 lines deleted...]
-    <t>#75 Anthony Thomas - RT</t>
+    <t>#12 Benjamin Nguyen - WR</t>
+  </si>
+  <si>
+    <t>#61 Robert Scott - LG</t>
+  </si>
+  <si>
+    <t>#68 Harrison Walters - LT</t>
+  </si>
+  <si>
+    <t>#55 Anthony Thomas - RT</t>
   </si>
   <si>
     <t>#90 Derek Hassler - LDE</t>
   </si>
   <si>
     <t>#64 Delbert Chung - DT</t>
   </si>
   <si>
     <t>#69 Michael Vicente - DT</t>
   </si>
   <si>
     <t>#75 Randall Baker - RDE</t>
   </si>
   <si>
     <t>#55 Bernard Livingston - MLB</t>
   </si>
   <si>
     <t>#52 Ronnie Inman - MLB</t>
   </si>
   <si>
     <t>#96 Richard Langston - WLB</t>
   </si>
   <si>
     <t>#29 Ernest Sievert - CB</t>
   </si>
   <si>
     <t>#44 Marvin Kuhn - CB</t>
   </si>
   <si>
     <t>#42 Fred Rice - SS</t>
   </si>
   <si>
     <t>#39 Robert Credle - FS</t>
   </si>
   <si>
     <t>14:53</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>2-10-DAL 25 (14:54) 4-Patrick Camp pass Pass knocked down by 29-Ernest Sievert. incomplete, intended for 88-Roger Firth.</t>
   </si>
   <si>
-    <t>#44 Leroy Zimmerman - FB</t>
+    <t>#60 Leroy Zimmerman - RG</t>
   </si>
   <si>
     <t>14:49</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>3-10-DAL 25 (14:50) 4-Patrick Camp pass complete to 87-Ian Isenhour to DAL 32 for 7 yards. Tackle by 97-John Babich.</t>
   </si>
   <si>
     <t>#74 Robert Papenfuss - RDE</t>
   </si>
   <si>
-    <t>#97 John Babich - WLB</t>
+    <t>#78 John Babich - LDE</t>
   </si>
   <si>
     <t>#37 Donald Derosier - CB</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>DAL 32</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-3-DAL 32 (14:14) 6-Bruce Welch punts 50 yards to PHI 19. 85-Enrique Jones to PHI 19 for 1 yards. Tackle by 93-Sean Boyce.</t>
   </si>
   <si>
-    <t>#6 Bruce Welch - P</t>
+    <t>#13 Bruce Welch - P</t>
   </si>
   <si>
     <t>#85 Enrique Jones - WR</t>
   </si>
   <si>
     <t>#63 Kenneth Ireland - DT</t>
   </si>
   <si>
-    <t>#65 Joseph Nathan - C</t>
+    <t>#59 Joseph Nathan - C</t>
   </si>
   <si>
     <t>#54 Travis Baird - RDE</t>
   </si>
   <si>
     <t>14:05</t>
   </si>
   <si>
     <t>PHI 19</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-PHI 19 (14:06) 14-Jason Nevels pass complete to 85-Enrique Jones to PHI 31 for 12 yards. Tackle by 49-Aron Roberts.</t>
   </si>
   <si>
     <t>#14 Jason Nevels - QB</t>
   </si>
   <si>
     <t>#47 Timothy Villarreal - RB</t>
   </si>
   <si>
     <t>#25 James Donovan - FB</t>
   </si>
   <si>
     <t>#82 John Vickers - TE</t>
   </si>
   <si>
     <t>#81 Aaron Williams - WR</t>
   </si>
   <si>
-    <t>#77 Douglas Landry - RT</t>
+    <t>#67 Douglas Landry - RT</t>
   </si>
   <si>
     <t>#51 Nelson Devore - RG</t>
   </si>
   <si>
     <t>#53 Thomas Moore - C</t>
   </si>
   <si>
     <t>#70 Clinton Kaczor - RG</t>
   </si>
   <si>
     <t>#67 Curtis Davis - RT</t>
   </si>
   <si>
-    <t>#96 William Cleveland - LDE</t>
-[...11 lines deleted...]
-    <t>#36 Christopher Cohen - CB</t>
+    <t>#95 William Cleveland - DT</t>
+  </si>
+  <si>
+    <t>#76 Joseph Lamb - RDE</t>
+  </si>
+  <si>
+    <t>#52 Mike Kline - MLB</t>
+  </si>
+  <si>
+    <t>#37 Kevin Tapp - SS</t>
+  </si>
+  <si>
+    <t>#22 Christopher Cohen - CB</t>
   </si>
   <si>
     <t>#33 William Honaker - FS</t>
   </si>
   <si>
     <t>13:34</t>
   </si>
   <si>
     <t>PHI 31</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-PHI 31 (13:33) 47-Timothy Villarreal FUMBLES recovered by PHI-14-Jason Nevels to PHI 29 for 3 yards. Tackle by 73-Wade Friese.</t>
   </si>
   <si>
     <t>12:56</t>
   </si>
   <si>
     <t>PHI 29</t>
   </si>
@@ -581,144 +581,144 @@
   <si>
     <t>PHI 36</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>3-5-PHI 36 (12:10) 47-Timothy Villarreal ran to PHI 34 for -2 yards. Tackle by 73-Wade Friese.</t>
   </si>
   <si>
     <t>11:35</t>
   </si>
   <si>
     <t>PHI 34</t>
   </si>
   <si>
     <t>4-7-PHI 34 (11:34) 15-Aaron Moore punts 49 yards to DAL 17. 88-Roger Firth to DAL 29 for 12 yards. Tackle by 64-Delbert Chung.</t>
   </si>
   <si>
     <t>#15 Aaron Moore - P</t>
   </si>
   <si>
-    <t>#60 Jordan Su - C</t>
+    <t>#57 Jordan Su - C</t>
   </si>
   <si>
     <t>#71 Gregory Martinez - RG</t>
   </si>
   <si>
     <t>11:23</t>
   </si>
   <si>
     <t>DAL 29</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Corner Post</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-DAL 29 (11:24) 4-Patrick Camp pass complete to 86-Manuel Lee to DAL 38 for 9 yards. Tackle by 52-Ronnie Inman. Pressure by 64-Delbert Chung.</t>
   </si>
   <si>
     <t>#16 Todd McCarty - WR</t>
   </si>
   <si>
     <t>#86 Manuel Lee - WR</t>
   </si>
   <si>
     <t>10:50</t>
   </si>
   <si>
     <t>DAL 38</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-1-DAL 38 (10:49) 2-Joey Bowers ran to DAL 47 for 9 yards. Tackle by 44-Marvin Kuhn.</t>
   </si>
   <si>
-    <t>#40 Albert Ponce - RB</t>
+    <t>#11 Albert Ponce - RB</t>
   </si>
   <si>
     <t>10:14</t>
   </si>
   <si>
     <t>DAL 47</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-DAL 47 (10:13) 2-Joey Bowers ran to DAL 44 for -2 yards. Tackle by 37-Donald Derosier.</t>
   </si>
   <si>
     <t>9:35</t>
   </si>
   <si>
     <t>DAL 44</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>2-12-DAL 44 (9:34) 4-Patrick Camp pass complete to 88-Roger Firth to DAL 49 for 4 yards. Tackle by 29-Ernest Sievert.</t>
   </si>
   <si>
     <t>8:53</t>
   </si>
   <si>
     <t>DAL 49</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>3-8-DAL 49 (8:52) 4-Patrick Camp pass complete to 86-Manuel Lee to PHI 45 for 6 yards. Tackle by 52-Ronnie Inman. DAL 64-Harrison Walters was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>8:12</t>
   </si>
   <si>
     <t>PHI 45</t>
   </si>
   <si>
     <t>4-2-PHI 45 (8:11) 6-Bruce Welch punts 47 yards to PHI -2.4-2-PHI 45 (8:11) 6-Bruce Welch punts 47 yards to PHI -2. Touchback.</t>
   </si>
   <si>
-    <t>#62 John Lee - RT</t>
+    <t>#69 John Lee - RT</t>
   </si>
   <si>
     <t>8:02</t>
   </si>
   <si>
     <t>PHI 20</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-PHI 20 (8:03) 14-Jason Nevels sacked at PHI 11 for -9 yards (73-Wade Friese). Sack allowed by 70-Clinton Kaczor.</t>
   </si>
   <si>
     <t>7:22</t>
   </si>
   <si>
     <t>PHI 11</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>2-19-PHI 11 (7:21) 14-Jason Nevels pass complete to 81-Aaron Williams to PHI 18 for 7 yards. 81-Aaron Williams had to slow down a little to make that catch. Tackle by 92-Mike Kline. Pressure by 96-William Cleveland.</t>
   </si>
@@ -878,51 +878,51 @@
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>PHI 2</t>
   </si>
   <si>
     <t>2-2-PHI 2 (15:00) 4-Patrick Camp pass complete to 88-Roger Firth for 2 yards. TOUCHDOWN! DAL 6 PHI 0</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>PHI 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(14:58) Extra point GOOD by 13-Pedro Mitchell. DAL 65-Joseph Nathan was injured on the play. He looks like he should be able to return. PHI 64-Delbert Chung was injured on the play. He looks like he should be able to return. DAL 7 PHI 0</t>
   </si>
   <si>
-    <t>#13 Pedro Mitchell - K</t>
+    <t>#4 Pedro Mitchell - K</t>
   </si>
   <si>
     <t>#53 Paul Stover - DT</t>
   </si>
   <si>
     <t>DAL 35</t>
   </si>
   <si>
     <t>(14:58) 13-Pedro Mitchell kicks 72 yards from DAL 35 to PHI -7. 81-Aaron Williams to PHI 28 for 35 yards. Tackle by 76-Donald Carignan. 55-Bernard Livingston was caught flat-footed on this play. DAL 23-Edgar Atkinson was injured on the play. He looks like he should be able to return. PHI 75-Randall Baker was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#55 Edgar Moffett - WLB</t>
   </si>
   <si>
     <t>14:52</t>
   </si>
   <si>
     <t>PHI 28</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>1-10-PHI 28 (14:53) 14-Jason Nevels pass complete to 85-Enrique Jones to PHI 30 for 2 yards. Tackle by 36-Christopher Cohen.</t>
   </si>
@@ -1124,51 +1124,51 @@
   <si>
     <t>PHI 42</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>1-10-PHI 42 (5:55) 4-Patrick Camp pass complete to 40-Albert Ponce to PHI 38 for 4 yards. Tackle by 96-Richard Langston.</t>
   </si>
   <si>
     <t>5:13</t>
   </si>
   <si>
     <t>PHI 38</t>
   </si>
   <si>
     <t>2-6-PHI 38 (5:12) 4-Patrick Camp pass Pass knocked down by 52-Ronnie Inman. incomplete, intended for 2-Joey Bowers.</t>
   </si>
   <si>
     <t>5:07</t>
   </si>
   <si>
     <t>3-6-PHI 38 (5:08) 40-Albert Ponce ran to PHI 37 for a short gain. Tackle by 55-Bernard Livingston. DAL 44-Leroy Zimmerman was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#26 Ryan Clover - RB</t>
+    <t>#9 Ryan Clover - RB</t>
   </si>
   <si>
     <t>4:27</t>
   </si>
   <si>
     <t>PHI 37</t>
   </si>
   <si>
     <t>4-6-PHI 37 (4:26) 13-Pedro Mitchell 56 yard field goal is NO GOOD. (Wide Left)</t>
   </si>
   <si>
     <t>4:21</t>
   </si>
   <si>
     <t>PHI 44</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>1-10-PHI 44 (4:22) 14-Jason Nevels pass complete to 47-Timothy Villarreal to PHI 48 for 4 yards. Tackle by 23-Edgar Atkinson. 47-Timothy Villarreal did some fancy footwork there.</t>
   </si>
   <si>
     <t>3:46</t>
   </si>
@@ -1367,51 +1367,51 @@
   <si>
     <t>PHI 22</t>
   </si>
   <si>
     <t>2-13-PHI 22 (11:16) 14-Jason Nevels pass incomplete, dropped by 81-Aaron Williams. Pressure by 95-Edward Ortiz. 36-Christopher Cohen got away with a hold on that play. DAL 70-Thomas Marino was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>11:10</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>3-13-PHI 22 (11:11) 14-Jason Nevels pass complete to 47-Timothy Villarreal to PHI 21 for -1 yards. Tackle by 23-Edgar Atkinson.</t>
   </si>
   <si>
     <t>10:38</t>
   </si>
   <si>
     <t>PHI 21</t>
   </si>
   <si>
     <t>4-14-PHI 21 (10:37) 15-Aaron Moore punts 44 yards to DAL 35. 88-Roger Firth to DAL 43 for 8 yards. Tackle by 64-Delbert Chung. DAL 76-Donald Carignan was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#51 James Franks - MLB</t>
+    <t>#90 James Franks - MLB</t>
   </si>
   <si>
     <t>10:27</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>1-10-DAL 43 (10:28) 2-Joey Bowers ran to PHI 47 for 10 yards. Tackle by 44-Marvin Kuhn.</t>
   </si>
   <si>
     <t>9:51</t>
   </si>
   <si>
     <t>PHI 47</t>
   </si>
   <si>
     <t>1-10-PHI 47 (9:50) 4-Patrick Camp pass incomplete, dropped by 88-Roger Firth.</t>
   </si>
   <si>
     <t>9:45</t>
   </si>
@@ -1445,51 +1445,51 @@
   <si>
     <t>3-2-PHI 20 (7:48) 40-Albert Ponce ran to PHI 21 for -2 yards. Tackle by 69-Michael Vicente. PHI 90-Derek Hassler was injured on the play.</t>
   </si>
   <si>
     <t>7:15</t>
   </si>
   <si>
     <t>4-3-PHI 21 (7:14) 13-Pedro Mitchell 39 yard field goal is NO GOOD. (Wide Right)</t>
   </si>
   <si>
     <t>7:10</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-PHI 28 (7:11) 47-Timothy Villarreal ran to PHI 30 for 1 yards. Tackle by 92-Mike Kline. PHI 47-Timothy Villarreal was injured on the play. He looks like he should be able to return. DAL 92-Mike Kline was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>6:34</t>
   </si>
   <si>
     <t>2-9-PHI 30 (6:33) 34-James McGahey ran to PHI 32 for 3 yards. Tackle by 73-Wade Friese.</t>
   </si>
   <si>
-    <t>#54 Juan Biller - MLB</t>
+    <t>#91 Juan Biller - MLB</t>
   </si>
   <si>
     <t>5:52</t>
   </si>
   <si>
     <t>3-6-PHI 32 (5:51) 34-James McGahey ran to PHI 40 for 8 yards. Tackle by 41-Charles Wotring. DAL 70-Thomas Marino was injured on the play.</t>
   </si>
   <si>
     <t>#31 Jason Armstrong - RB</t>
   </si>
   <si>
     <t>5:17</t>
   </si>
   <si>
     <t>1-10-PHI 40 (5:16) 14-Jason Nevels pass complete to 34-James McGahey to PHI 40 for -1 yards. Tackle by 55-Kevin Tapp. 34-James McGahey breaks down the CB.</t>
   </si>
   <si>
     <t>4:39</t>
   </si>
   <si>
     <t>2-11-PHI 40 (4:38) 34-James McGahey ran to PHI 42 for 2 yards. Tackle by 96-William Cleveland.</t>
   </si>
   <si>
     <t>4:07</t>
   </si>
@@ -1727,60 +1727,60 @@
   <si>
     <t>4:30</t>
   </si>
   <si>
     <t>1-10-PHI 32 (4:31) 14-Jason Nevels sacked at PHI 23 for -9 yards (96-William Cleveland). Sack allowed by 67-Curtis Davis.</t>
   </si>
   <si>
     <t>4:11</t>
   </si>
   <si>
     <t>2-19-PHI 23 (4:10) (Hot Read) 14-Jason Nevels pass complete to 34-James McGahey to PHI 23 for a short loss. Tackle by 33-William Honaker. Pressure by 55-Kevin Tapp.</t>
   </si>
   <si>
     <t>3:49</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>3-20-PHI 23 (3:48) 14-Jason Nevels pass Pass knocked down by 25-Robert Murphy. incomplete, intended for 85-Enrique Jones.</t>
   </si>
   <si>
     <t>#33 Andrew Foster - RB</t>
   </si>
   <si>
-    <t>#57 Charles Couey - WLB</t>
+    <t>#72 Charles Couey - DT</t>
   </si>
   <si>
     <t>3:44</t>
   </si>
   <si>
     <t>4-20-PHI 23 (3:45) 15-Aaron Moore punts 44 yards to DAL 33. 88-Roger Firth to DAL 44 for 11 yards. Tackle by 53-Thomas Moore.</t>
   </si>
   <si>
-    <t>#56 Ronnie Ayers - MLB</t>
+    <t>#51 Ronnie Ayers - RDE</t>
   </si>
   <si>
     <t>3:35</t>
   </si>
   <si>
     <t>1-10-DAL 44 (3:36) 2-Joey Bowers ran to PHI 44 for 12 yards. Tackle by 42-Fred Rice.</t>
   </si>
   <si>
     <t>2:52</t>
   </si>
   <si>
     <t>1-10-PHI 44 (2:51) 40-Albert Ponce ran to PHI 44 for a short loss. Tackle by 55-Bernard Livingston.</t>
   </si>
   <si>
     <t>2:17</t>
   </si>
   <si>
     <t>2-10-PHI 44 (2:16) 40-Albert Ponce ran to PHI 43 for 1 yards. Tackle by 75-Randall Baker.</t>
   </si>
   <si>
     <t>PHI 43</t>
   </si>
   <si>
     <t>3-9-PHI 43 (2:00) 2-Joey Bowers ran to PHI 47 for -4 yards. Tackle by 75-Randall Baker.</t>
   </si>
@@ -1817,51 +1817,51 @@
   <si>
     <t>1-10-DAL 29 (0:42) 14-Jason Nevels pass complete to 15-Cody Schmidt to DAL 16 for 12 yards. Tackle by 23-Edgar Atkinson.</t>
   </si>
   <si>
     <t>#81 Robin Galaz - WR</t>
   </si>
   <si>
     <t>0:23</t>
   </si>
   <si>
     <t>DAL 16</t>
   </si>
   <si>
     <t>1-10-DAL 16 (0:22) 14-Jason Nevels pass INTERCEPTED by 33-William Honaker at DAL 14. 33-William Honaker to DAL 15 for 1 yards. Tackle by 34-James McGahey.</t>
   </si>
   <si>
     <t>0:19</t>
   </si>
   <si>
     <t>DAL 15</t>
   </si>
   <si>
     <t>1-10-DAL 15 (0:20) 40-Albert Ponce ran to DAL 14 for -1 yards. Tackle by 55-Bernard Livingston.</t>
   </si>
   <si>
-    <t>#12 Ronald Anderson - QB</t>
+    <t>#10 Ronald Anderson - QB</t>
   </si>
   <si>
     <t>End of fourth quarter.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -2206,94 +2206,94 @@
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="441.035" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
-    <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="74" max="74" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>