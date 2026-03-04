--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -293,114 +293,114 @@
   <si>
     <t>ARZ 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 18-Brain McClure kicks 74 yards from ARZ 35 to DET -9. Touchback.</t>
   </si>
   <si>
     <t>#23 Kenneth Watson - RB</t>
   </si>
   <si>
     <t>#49 Glenn Brooks - CB</t>
   </si>
   <si>
     <t>#61 Thomas Pawlowski - DT</t>
   </si>
   <si>
     <t>#37 James Rusin - SS</t>
   </si>
   <si>
-    <t>#74 Kevin Warren - RDE</t>
+    <t>#75 Kevin Warren - RDE</t>
   </si>
   <si>
     <t>#22 Clyde Rosario - CB</t>
   </si>
   <si>
     <t>#76 Jason Mills - DT</t>
   </si>
   <si>
     <t>#93 Michael Saunders - DT</t>
   </si>
   <si>
-    <t>#91 Larry Young - MLB</t>
+    <t>#96 Larry Young - MLB</t>
   </si>
   <si>
     <t>#57 Jeff Vaughn - DT</t>
   </si>
   <si>
     <t>#98 Alberto Burdette - MLB</t>
   </si>
   <si>
     <t>#18 Brain McClure - K</t>
   </si>
   <si>
     <t>DET</t>
   </si>
   <si>
     <t>DET 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-DET 25 (15:00) 23-Kenneth Watson ran to DET 29 for 4 yards. Tackle by 98-Luis Elder.</t>
   </si>
   <si>
     <t>#15 Arthur Reiff - QB</t>
   </si>
   <si>
     <t>#44 Harry Higgins - RB</t>
   </si>
   <si>
     <t>#25 Joe Speece - FB</t>
   </si>
   <si>
     <t>#89 Earl McKenzie - TE</t>
   </si>
   <si>
-    <t>#80 Leonard Weldon - TE</t>
+    <t>#88 Leonard Weldon - TE</t>
   </si>
   <si>
     <t>#68 Leroy Lockett - C</t>
   </si>
   <si>
     <t>#78 William Robertson - LG</t>
   </si>
   <si>
     <t>#56 Ernest Cavanaugh - C</t>
   </si>
   <si>
-    <t>#50 Lon Marchetti - RT</t>
+    <t>#50 Lon Marchetti - RG</t>
   </si>
   <si>
     <t>#52 Jimmy Degregorio - RT</t>
   </si>
   <si>
     <t>#99 Raymond Mackin - LDE</t>
   </si>
   <si>
     <t>#79 Jeffrey Lauderdale - DT</t>
   </si>
   <si>
     <t>#69 Jimmy McKeown - DT</t>
   </si>
   <si>
     <t>#72 Javier Mulholland - DT</t>
   </si>
   <si>
     <t>#74 William George - RDE</t>
   </si>
   <si>
     <t>#98 Luis Elder - WLB</t>
   </si>
   <si>
     <t>#96 Howard Schmidt - MLB</t>
   </si>
@@ -419,54 +419,54 @@
   <si>
     <t>14:28</t>
   </si>
   <si>
     <t>DET 29</t>
   </si>
   <si>
     <t>2-6-DET 29 (14:27) 23-Kenneth Watson ran to DET 30 for 1 yards. Tackle by 79-Jeffrey Lauderdale.</t>
   </si>
   <si>
     <t>13:52</t>
   </si>
   <si>
     <t>DET 30</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle</t>
   </si>
   <si>
     <t>3-5-DET 30 (13:51) 15-Arthur Reiff pass complete to 12-Michael Biron to DET 38 for 8 yards. Tackle by 22-Steve Watson.</t>
   </si>
   <si>
-    <t>#12 Michael Biron - WR</t>
-[...2 lines deleted...]
-    <t>#15 Glen Corral - WR</t>
+    <t>#81 Michael Biron - WR</t>
+  </si>
+  <si>
+    <t>#87 Glen Corral - WR</t>
   </si>
   <si>
     <t>#91 Philip Lowe - MLB</t>
   </si>
   <si>
     <t>#43 William Hamilton - CB</t>
   </si>
   <si>
     <t>13:12</t>
   </si>
   <si>
     <t>DET 38</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-DET 38 (13:11) 15-Arthur Reiff pass incomplete, intended for 12-Michael Biron.</t>
   </si>
   <si>
     <t>#83 Brett Jones - WR</t>
   </si>
@@ -629,51 +629,51 @@
   <si>
     <t>1-10-ARZ 22 (10:26) 6-Darryl Holley sacked at ARZ 15 for -7 yards (67-Richard Shah). Sack allowed by 68-William Holmes.</t>
   </si>
   <si>
     <t>9:50</t>
   </si>
   <si>
     <t>ARZ 15</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>2-17-ARZ 15 (9:49) 21-Samuel Burke ran to ARZ 13 for -2 yards. Tackle by 92-Michael Bowman. 37-Jeffrey Anderson was completely beat on that play.</t>
   </si>
   <si>
     <t>9:07</t>
   </si>
   <si>
     <t>ARZ 13</t>
   </si>
   <si>
     <t>3-19-ARZ 13 (9:06) 6-Darryl Holley pass complete to 37-Jeffrey Anderson to ARZ 21 for 8 yards. Tackle by 37-James Rusin.</t>
   </si>
   <si>
-    <t>#97 Elias Peacock - WLB</t>
+    <t>#57 Elias Peacock - WLB</t>
   </si>
   <si>
     <t>8:21</t>
   </si>
   <si>
     <t>ARZ 21</t>
   </si>
   <si>
     <t>4-10-ARZ 21 (8:20) 1-Allen Berlanga punts 46 yards to DET 33. Fair Catch by 47-Jeff Berryhill.</t>
   </si>
   <si>
     <t>#1 Allen Berlanga - P</t>
   </si>
   <si>
     <t>#53 Lee Thomas - C</t>
   </si>
   <si>
     <t>#50 Michael Flores - RG</t>
   </si>
   <si>
     <t>#63 James Lewis - LT</t>
   </si>
   <si>
     <t>#54 Timothy Rice - MLB</t>
   </si>
@@ -1250,51 +1250,51 @@
   <si>
     <t>DET 43</t>
   </si>
   <si>
     <t>1-10-DET 43 (12:59) 23-Kenneth Watson ran to DET 45 for 2 yards. Tackle by 99-Raymond Mackin.</t>
   </si>
   <si>
     <t>12:21</t>
   </si>
   <si>
     <t>2-8-DET 45 (12:20) 15-Arthur Reiff pass INTERCEPTED by 22-Steve Watson at DET 50. 22-Steve Watson to DET 48 for 1 yards. Tackle by 12-Michael Biron.</t>
   </si>
   <si>
     <t>12:16</t>
   </si>
   <si>
     <t>1-10-DET 48 (12:17) 21-Samuel Burke ran to DET 38 for 10 yards. Tackle by 37-James Rusin. ARZ 67-John Smith was injured on the play. He looks like he should be able to return. DET 20-Robert Ross was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>11:33</t>
   </si>
   <si>
     <t>2-1-DET 38 (11:32) 45-William Pickett ran to DET 38 for 1 yards. Tackle by 37-James Rusin.</t>
   </si>
   <si>
-    <t>#41 Edward Kittel - SS</t>
+    <t>#1 Edward Kittel - FS</t>
   </si>
   <si>
     <t>10:55</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-DET 38 (10:54) 45-William Pickett ran to DET 28 for 10 yards. Tackle by 37-James Rusin.</t>
   </si>
   <si>
     <t>10:10</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>2-1-DET 28 (10:09) 6-Darryl Holley pass complete to 21-Samuel Burke to DET 24 for 3 yards. Tackle by 91-Larry Young. ARZ 21-Samuel Burke was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>9:36</t>
   </si>
   <si>
     <t>DET 24</t>
   </si>